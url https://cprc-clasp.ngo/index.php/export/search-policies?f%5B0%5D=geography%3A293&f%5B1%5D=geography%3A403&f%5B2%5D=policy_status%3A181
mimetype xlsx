--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,635 +12,870 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -904,1977 +1139,2236 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>78</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>106</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>78</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N16" t="s">
+        <v>114</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>76</v>
+      </c>
+      <c r="K17" t="s">
+        <v>106</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>106</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>78</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>68</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>130</v>
+      </c>
+      <c r="M19" t="s">
+        <v>78</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>76</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>78</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>78</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>76</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>78</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>76</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>78</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>68</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>76</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>151</v>
+      </c>
+      <c r="M24" t="s">
+        <v>78</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>160</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>76</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>78</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>76</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>77</v>
+      </c>
+      <c r="M26" t="s">
+        <v>78</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>171</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>76</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>172</v>
+      </c>
+      <c r="M27" t="s">
+        <v>78</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>177</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>76</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>178</v>
+      </c>
+      <c r="M28" t="s">
+        <v>78</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>182</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" t="s">
+        <v>105</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>76</v>
+      </c>
+      <c r="K29" t="s">
+        <v>106</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>78</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" t="s">
+        <v>188</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>68</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>76</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>107</v>
+      </c>
+      <c r="M30" t="s">
+        <v>78</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>188</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" t="s">
+        <v>47</v>
+      </c>
+      <c r="H31">
+        <v>1990</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>192</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>193</v>
+      </c>
+      <c r="P31" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" t="s">
+        <v>195</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>196</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>68</v>
+      </c>
+      <c r="G32" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32">
+        <v>1990</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>197</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>119</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" t="s">
+        <v>47</v>
+      </c>
+      <c r="H33">
+        <v>1987</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>202</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>203</v>
+      </c>
+      <c r="P33" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" t="s">
+        <v>206</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>207</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>208</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>209</v>
+      </c>
+      <c r="P34" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>211</v>
+      </c>
+      <c r="B35" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>213</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>34</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>214</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>215</v>
+      </c>
+      <c r="P35" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>217</v>
+      </c>
+      <c r="B36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>219</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>47</v>
+      </c>
+      <c r="H36">
+        <v>2002</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>34</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>220</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>224</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>47</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>225</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>226</v>
+      </c>
+      <c r="P37" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B38" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>229</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I38">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J38" t="s">
+        <v>34</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>230</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>231</v>
+      </c>
+      <c r="P38" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>228</v>
+      </c>
+      <c r="B39" t="s">
+        <v>233</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>234</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H39">
+        <v>2005</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>34</v>
+      </c>
+      <c r="K39" t="s">
+        <v>235</v>
+      </c>
+      <c r="L39" t="s">
+        <v>236</v>
+      </c>
+      <c r="M39" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...23 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>237</v>
+      </c>
+      <c r="P39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>238</v>
+      </c>
+      <c r="B40" t="s">
+        <v>239</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>160</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G40" t="s">
+        <v>47</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>34</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>240</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>241</v>
+      </c>
+      <c r="P40" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>243</v>
+      </c>
+      <c r="B41" t="s">
+        <v>244</v>
+      </c>
+      <c r="C41" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D41" t="s">
+        <v>93</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41">
+        <v>2006</v>
+      </c>
+      <c r="J41" t="s">
+        <v>34</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>245</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>246</v>
+      </c>
+      <c r="P41" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>248</v>
+      </c>
+      <c r="B42" t="s">
+        <v>249</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>250</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J42" t="s">
+        <v>34</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>251</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>254</v>
+      </c>
+      <c r="B43" t="s">
+        <v>255</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>166</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2005</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...1689 lines deleted...]
-      </c>
       <c r="K43" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
-        <v>181</v>
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>257</v>
+      </c>
+      <c r="P43" t="s">
+        <v>258</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>