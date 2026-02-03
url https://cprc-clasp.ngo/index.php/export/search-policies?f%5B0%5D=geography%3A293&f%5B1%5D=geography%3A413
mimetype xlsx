--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,485 +12,612 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -754,1217 +881,1374 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>1990</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>74</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11">
+        <v>1990</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>79</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>68</v>
+      </c>
+      <c r="G12" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12">
+        <v>1987</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>92</v>
+      </c>
+      <c r="F13" t="s">
+        <v>93</v>
+      </c>
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>97</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>93</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" t="s">
+        <v>97</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I19">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>133</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>134</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>46</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>139</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G22" t="s">
+        <v>47</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2006</v>
+      </c>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>156</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2004</v>
+      </c>
+      <c r="I24">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>157</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>90</v>
+      </c>
+      <c r="D25" t="s">
+        <v>162</v>
+      </c>
+      <c r="E25" t="s">
+        <v>92</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>139</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>163</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>165</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25"/>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>169</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2005</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...929 lines deleted...]
-      </c>
       <c r="K26" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
-        <v>131</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>171</v>
+      </c>
+      <c r="P26" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>