--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,179 +12,195 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,233 +464,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="G3"/>
-[...16 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>