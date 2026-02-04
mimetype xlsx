--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,182 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,239 +470,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="190" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="190.953" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="405.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="216.947" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1997</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...24 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>