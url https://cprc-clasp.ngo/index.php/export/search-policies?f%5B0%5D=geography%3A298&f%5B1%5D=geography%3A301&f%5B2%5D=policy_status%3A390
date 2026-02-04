--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -696,63 +696,63 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
@@ -773,140 +773,140 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
     <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
@@ -3441,99 +3441,99 @@
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>224</v>
       </c>
       <c r="B39" t="s">
         <v>225</v>
       </c>
       <c r="C39" t="s">
         <v>214</v>
       </c>
       <c r="D39" t="s">
         <v>226</v>
       </c>
       <c r="E39" t="s">
         <v>216</v>
       </c>
       <c r="F39" t="s">
         <v>217</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>227</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>221</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>228</v>
       </c>
       <c r="P39" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>229</v>
       </c>
       <c r="B40" t="s">
         <v>230</v>
       </c>
       <c r="C40" t="s">
         <v>214</v>
       </c>
       <c r="D40" t="s">
         <v>231</v>
       </c>
       <c r="E40" t="s">
         <v>216</v>
       </c>
       <c r="F40" t="s">
         <v>217</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
-      <c r="H40">
+      <c r="H40"/>
+      <c r="I40">
         <v>2024</v>
       </c>
-      <c r="I40"/>
       <c r="J40" t="s">
         <v>227</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>221</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>232</v>
       </c>
       <c r="P40" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>233</v>
       </c>
       <c r="B41" t="s">
@@ -3676,54 +3676,54 @@
       </c>
       <c r="P43" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>247</v>
       </c>
       <c r="B44" t="s">
         <v>248</v>
       </c>
       <c r="C44" t="s">
         <v>214</v>
       </c>
       <c r="D44" t="s">
         <v>249</v>
       </c>
       <c r="E44" t="s">
         <v>216</v>
       </c>
       <c r="F44" t="s">
         <v>217</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>218</v>
       </c>
       <c r="H44">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>227</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>221</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>250</v>
       </c>
       <c r="P44" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>251</v>
@@ -3864,51 +3864,53 @@
         <v>257</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>261</v>
       </c>
       <c r="B48" t="s">
         <v>262</v>
       </c>
       <c r="C48" t="s">
         <v>214</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>216</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
-      <c r="H48"/>
+      <c r="H48">
+        <v>2024</v>
+      </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>227</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>221</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>263</v>
       </c>
       <c r="P48" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>264</v>
       </c>