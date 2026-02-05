--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -12,51 +12,271 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
+,   
+                    CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
+,   
+                    IEC 60969:2001, Performance tests
+,   
+                    IEC 60901:2001, Performance tests
+,   
+                    IEC 60081:2002, Performance tests
+,   
+                    IEC 62612:2013, Performance tests
+,   
+                    IEC 62612:2013, Performance tests</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
+,   
+                    ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
+,   
+                    IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +578,419 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>