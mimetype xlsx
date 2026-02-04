--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -177,60 +177,63 @@
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
@@ -289,102 +292,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
     <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -654,53 +657,50 @@
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
-  </si>
-[...1 lines deleted...]
-    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
@@ -1334,1714 +1334,1714 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
         <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>45</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>42</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
         <v>43</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>45</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8" t="s">
         <v>43</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
         <v>45</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G9" t="s">
         <v>8</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>43</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
         <v>45</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G10" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
         <v>43</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M10" t="s">
         <v>45</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>50</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G11" t="s">
         <v>8</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>45</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2022</v>
       </c>
       <c r="J12" t="s">
         <v>43</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M12" t="s">
         <v>45</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13">
         <v>2025</v>
       </c>
       <c r="J13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>45</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G14" t="s">
-        <v>8</v>
+        <v>51</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2022</v>
       </c>
       <c r="J14" t="s">
         <v>43</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M14" t="s">
         <v>45</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2025</v>
       </c>
       <c r="J15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>45</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
         <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C17" t="s">
         <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C18" t="s">
         <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C19" t="s">
         <v>31</v>
       </c>
       <c r="D19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2005</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P23" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
         <v>2015</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2008</v>
       </c>
       <c r="I27">
         <v>2015</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2009</v>
       </c>
       <c r="I28">
         <v>2018</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2013</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O32" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P33" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G34" t="s">
-        <v>195</v>
+        <v>51</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>196</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>197</v>
       </c>
       <c r="P34" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>199</v>
       </c>
       <c r="B35" t="s">
         <v>200</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2010</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
         <v>201</v>
       </c>
       <c r="K35" t="s">
         <v>196</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O35" t="s">
         <v>202</v>
       </c>
       <c r="P35" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>203</v>
       </c>
       <c r="B36" t="s">
         <v>204</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>205</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>206</v>
       </c>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
         <v>207</v>
       </c>
       <c r="P36" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>209</v>
       </c>
       <c r="B37" t="s">
         <v>210</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>211</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>206</v>
       </c>
       <c r="M37" t="s">
         <v>25</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
         <v>212</v>
       </c>
       <c r="P37" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>214</v>
       </c>
       <c r="B38" t="s">
         <v>215</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2021</v>
       </c>
       <c r="J38" t="s">
         <v>201</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
         <v>216</v>
       </c>
       <c r="P38" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>218</v>
       </c>
       <c r="B39" t="s">
         <v>219</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>220</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>221</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
         <v>222</v>