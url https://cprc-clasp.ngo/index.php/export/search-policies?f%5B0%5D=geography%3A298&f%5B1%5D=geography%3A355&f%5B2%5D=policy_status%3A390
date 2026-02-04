--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,86 +116,63 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -349,63 +326,63 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
@@ -423,134 +400,134 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
     <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
@@ -1091,51 +1068,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P37"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1282,249 +1259,249 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>40</v>
       </c>
       <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I5">
         <v>2024</v>
       </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I8"/>
       <c r="J8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>64</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>65</v>
       </c>
       <c r="P8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>67</v>
@@ -1611,1310 +1588,1262 @@
       </c>
       <c r="L10" t="s">
         <v>76</v>
       </c>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>77</v>
       </c>
       <c r="P10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>79</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H11">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="I11">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J11" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G12" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
         <v>96</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="H13">
-[...2 lines deleted...]
-      <c r="I13"/>
+      <c r="H13"/>
+      <c r="I13">
+        <v>2024</v>
+      </c>
       <c r="J13" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="P13" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
         <v>89</v>
-      </c>
-[...24 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
         <v>75</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>87</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
         <v>89</v>
-      </c>
-[...28 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G16" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="H16">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>87</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
         <v>111</v>
       </c>
-      <c r="M16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P16" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
         <v>113</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G17" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="H17">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="P17" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="P19" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B20" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D20" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="P20" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B21" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H21"/>
+        <v>84</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
       <c r="M21" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>130</v>
       </c>
       <c r="O21" t="s">
         <v>131</v>
       </c>
       <c r="P21" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>132</v>
       </c>
       <c r="B22" t="s">
         <v>133</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="H22">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>134</v>
+      </c>
+      <c r="M22" t="s">
+        <v>87</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
         <v>135</v>
       </c>
-      <c r="M22" t="s">
-[...2 lines deleted...]
-      <c r="N22" t="s">
+      <c r="P22" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
         <v>138</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="P23" t="s">
-        <v>142</v>
+        <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B24" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C24" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2025</v>
+        <v>2002</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>99</v>
+        <v>143</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
+        <v>144</v>
+      </c>
+      <c r="P24" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>146</v>
       </c>
       <c r="B25" t="s">
         <v>147</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>148</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
+        <v>143</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>149</v>
       </c>
-      <c r="K25" t="s">
-[...2 lines deleted...]
-      <c r="L25"/>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>150</v>
       </c>
       <c r="P25" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>152</v>
       </c>
       <c r="B26" t="s">
         <v>153</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="P26" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B27" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>148</v>
+        <v>75</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="P27" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>161</v>
+      </c>
+      <c r="B28" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>163</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>164</v>
       </c>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>165</v>
       </c>
       <c r="P28" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>167</v>
       </c>
       <c r="B29" t="s">
         <v>168</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>169</v>
+        <v>36</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
+        <v>170</v>
+      </c>
+      <c r="P29" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>172</v>
+      </c>
+      <c r="B30" t="s">
         <v>173</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" t="s">
         <v>174</v>
       </c>
-      <c r="C30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>175</v>
       </c>
       <c r="F30" t="s">
-        <v>89</v>
+        <v>176</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>149</v>
+        <v>177</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F31" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
+        <v>178</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
         <v>184</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>186</v>
+      </c>
+      <c r="B32" t="s">
         <v>187</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32" t="s">
         <v>188</v>
       </c>
-      <c r="C32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F32" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>190</v>
       </c>
       <c r="P32" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>192</v>
       </c>
       <c r="B33" t="s">
         <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>194</v>
       </c>
       <c r="E33" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F33" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
+        <v>189</v>
+      </c>
+      <c r="K33" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>196</v>
       </c>
       <c r="P33" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>198</v>
       </c>
       <c r="B34" t="s">
         <v>199</v>
       </c>
       <c r="C34" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D34" t="s">
         <v>200</v>
       </c>
       <c r="E34" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F34" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="K34" t="s">
         <v>201</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>202</v>
       </c>
       <c r="P34" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>204</v>
       </c>
       <c r="B35" t="s">
         <v>205</v>
       </c>
       <c r="C35" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D35" t="s">
         <v>206</v>
       </c>
       <c r="E35" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F35" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="K35" t="s">
         <v>207</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>208</v>
       </c>
       <c r="P35" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>210</v>
       </c>
       <c r="B36" t="s">
         <v>211</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D36" t="s">
         <v>212</v>
       </c>
       <c r="E36" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F36" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="K36" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>213</v>
+      </c>
+      <c r="P36" t="s">
         <v>214</v>
-      </c>
-[...47 lines deleted...]
-        <v>220</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">