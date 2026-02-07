--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -453,63 +453,63 @@
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -530,60 +530,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
     <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
@@ -643,87 +643,87 @@
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
@@ -2592,99 +2592,99 @@
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>145</v>
       </c>
       <c r="B29" t="s">
         <v>146</v>
       </c>
       <c r="C29" t="s">
         <v>137</v>
       </c>
       <c r="D29" t="s">
         <v>147</v>
       </c>
       <c r="E29" t="s">
         <v>88</v>
       </c>
       <c r="F29" t="s">
         <v>89</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>148</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>142</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>149</v>
       </c>
       <c r="P29" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>150</v>
       </c>
       <c r="B30" t="s">
         <v>151</v>
       </c>
       <c r="C30" t="s">
         <v>137</v>
       </c>
       <c r="D30" t="s">
         <v>152</v>
       </c>
       <c r="E30" t="s">
         <v>88</v>
       </c>
       <c r="F30" t="s">
         <v>89</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="H30">
+      <c r="H30"/>
+      <c r="I30">
         <v>2024</v>
       </c>
-      <c r="I30"/>
       <c r="J30" t="s">
         <v>148</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>142</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>153</v>
       </c>
       <c r="P30" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>154</v>
       </c>
       <c r="B31" t="s">
@@ -2827,54 +2827,54 @@
       </c>
       <c r="P33" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>168</v>
       </c>
       <c r="B34" t="s">
         <v>169</v>
       </c>
       <c r="C34" t="s">
         <v>137</v>
       </c>
       <c r="D34" t="s">
         <v>170</v>
       </c>
       <c r="E34" t="s">
         <v>88</v>
       </c>
       <c r="F34" t="s">
         <v>89</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="H34">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>148</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>142</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>171</v>
       </c>
       <c r="P34" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>172</v>
@@ -3295,51 +3295,53 @@
         <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>201</v>
       </c>
       <c r="B44" t="s">
         <v>202</v>
       </c>
       <c r="C44" t="s">
         <v>137</v>
       </c>
       <c r="D44" t="s">
         <v>83</v>
       </c>
       <c r="E44" t="s">
         <v>88</v>
       </c>
       <c r="F44" t="s">
         <v>175</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
-      <c r="H44"/>
+      <c r="H44">
+        <v>2024</v>
+      </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>148</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>142</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
         <v>203</v>
       </c>
       <c r="P44" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>204</v>
       </c>