--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,338 +12,436 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -607,793 +705,896 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="113" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="61.271" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...7 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...7 lines deleted...]
-        <v>29</v>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...7 lines deleted...]
-      <c r="J4" t="s">
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...6 lines deleted...]
-      <c r="N4" t="s">
+      <c r="G6" t="s">
         <v>32</v>
       </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...7 lines deleted...]
-      <c r="J5" t="s">
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...68 lines deleted...]
-        <v>2012</v>
+      <c r="G7" t="s">
+        <v>54</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G8" t="s">
+        <v>54</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-        <v>45</v>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...6 lines deleted...]
-      <c r="I9" t="s">
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-      <c r="L9" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M9" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...12 lines deleted...]
-      <c r="E10" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10">
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2017</v>
       </c>
-      <c r="H10"/>
-[...3 lines deleted...]
-      <c r="J10" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-      <c r="L10" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M10" t="s">
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>82</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...6 lines deleted...]
-      <c r="C11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11">
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2017</v>
       </c>
-      <c r="H11"/>
-[...14 lines deleted...]
-        <v>56</v>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" t="s">
+        <v>93</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
+      </c>
+      <c r="P14" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...12 lines deleted...]
-      <c r="E12" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...51 lines deleted...]
-      <c r="J13" t="s">
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...70 lines deleted...]
-        <v>2012</v>
+      <c r="G15" t="s">
+        <v>54</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-      <c r="L15" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M15" t="s">
-[...2 lines deleted...]
-      <c r="N15" t="s">
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>70</v>
       </c>
+      <c r="K16" t="s">
+        <v>93</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" t="s">
+        <v>104</v>
+      </c>
     </row>
-    <row r="16" spans="1:14">
-[...29 lines deleted...]
-      <c r="L16" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>109</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M16" t="s">
-[...25 lines deleted...]
-      <c r="G17">
+      <c r="H17">
         <v>2021</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>66</v>
+        <v>110</v>
       </c>
       <c r="K17" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="L17" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="M17" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="N17" t="s">
-        <v>82</v>
-      </c>
+        <v>113</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>