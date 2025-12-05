--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,677 +12,948 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -946,2167 +1217,2462 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N49"/>
+  <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>36</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>74</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>66</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>37</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>36</v>
+      </c>
+      <c r="M19" t="s">
+        <v>37</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>37</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>66</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>67</v>
+      </c>
+      <c r="M23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H24">
+        <v>2025</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>156</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>157</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2024</v>
+      </c>
+      <c r="J25" t="s">
+        <v>156</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>157</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>155</v>
+      </c>
+      <c r="H26">
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>156</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>157</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>166</v>
+      </c>
+      <c r="P26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>169</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>155</v>
+      </c>
+      <c r="H27">
+        <v>2025</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>156</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>157</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
+        <v>173</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>174</v>
+      </c>
+      <c r="M28" t="s">
+        <v>157</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B29" t="s">
+        <v>178</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>154</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>155</v>
+      </c>
+      <c r="H29">
+        <v>2025</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>156</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>157</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>173</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>157</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>183</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2025</v>
+      </c>
+      <c r="J31" t="s">
+        <v>156</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>157</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>189</v>
+      </c>
+      <c r="B32" t="s">
+        <v>190</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2025</v>
+      </c>
+      <c r="J32" t="s">
+        <v>156</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>157</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>191</v>
+      </c>
+      <c r="P32" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>192</v>
+      </c>
+      <c r="B33" t="s">
+        <v>193</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>194</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>155</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>156</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>157</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>195</v>
+      </c>
+      <c r="P33" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>169</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>155</v>
+      </c>
+      <c r="H34">
+        <v>2025</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>156</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>157</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>198</v>
+      </c>
+      <c r="P34" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>199</v>
+      </c>
+      <c r="B35" t="s">
+        <v>200</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>201</v>
+      </c>
+      <c r="E35" t="s">
+        <v>202</v>
+      </c>
+      <c r="F35" t="s">
+        <v>203</v>
+      </c>
+      <c r="G35" t="s">
+        <v>155</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>204</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>205</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>206</v>
+      </c>
+      <c r="P35" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>208</v>
+      </c>
+      <c r="B36" t="s">
+        <v>209</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>210</v>
+      </c>
+      <c r="E36" t="s">
+        <v>202</v>
+      </c>
+      <c r="F36" t="s">
+        <v>203</v>
+      </c>
+      <c r="G36" t="s">
+        <v>211</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...1452 lines deleted...]
-      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N36" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>212</v>
+      </c>
+      <c r="P36" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>152</v>
+        <v>214</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>143</v>
+        <v>216</v>
       </c>
       <c r="E37" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F37" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="G37"/>
+        <v>203</v>
+      </c>
+      <c r="G37" t="s">
+        <v>211</v>
+      </c>
       <c r="H37"/>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N37" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>217</v>
+      </c>
+      <c r="P37" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>219</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>220</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>143</v>
+        <v>221</v>
       </c>
       <c r="E38" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F38" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="G38"/>
+        <v>203</v>
+      </c>
+      <c r="G38" t="s">
+        <v>211</v>
+      </c>
       <c r="H38"/>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N38" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>222</v>
+      </c>
+      <c r="P38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>224</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="E39" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F39" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="G39"/>
+        <v>203</v>
+      </c>
+      <c r="G39" t="s">
+        <v>211</v>
+      </c>
       <c r="H39"/>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N39" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>227</v>
+      </c>
+      <c r="P39" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>161</v>
+        <v>229</v>
       </c>
       <c r="B40" t="s">
-        <v>15</v>
+        <v>230</v>
       </c>
       <c r="C40" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>194</v>
       </c>
       <c r="E40" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>203</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>145</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N40" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>231</v>
+      </c>
+      <c r="P40" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>163</v>
+        <v>233</v>
       </c>
       <c r="B41" t="s">
-        <v>15</v>
+        <v>234</v>
       </c>
       <c r="C41" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>235</v>
       </c>
       <c r="E41" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>203</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-        <v>145</v>
+      <c r="I41">
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N41" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>236</v>
+      </c>
+      <c r="P41" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>166</v>
+        <v>238</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
       <c r="C42" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>143</v>
+        <v>79</v>
       </c>
       <c r="E42" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F42" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>203</v>
+      </c>
+      <c r="G42" t="s">
+        <v>155</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="H42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N42" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>240</v>
+      </c>
+      <c r="P42" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>242</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>243</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>143</v>
+        <v>244</v>
       </c>
       <c r="E43" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F43" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>203</v>
+      </c>
+      <c r="G43" t="s">
+        <v>155</v>
+      </c>
+      <c r="H43">
         <v>2017</v>
       </c>
-      <c r="H43"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N43" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>246</v>
+      </c>
+      <c r="P43" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>248</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>249</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>143</v>
+        <v>250</v>
       </c>
       <c r="E44" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F44" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>203</v>
+      </c>
+      <c r="G44" t="s">
+        <v>155</v>
+      </c>
+      <c r="H44">
         <v>2017</v>
       </c>
-      <c r="H44"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="K44" t="s">
+        <v>251</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N44" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>252</v>
+      </c>
+      <c r="P44" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>254</v>
       </c>
       <c r="B45" t="s">
-        <v>15</v>
+        <v>255</v>
       </c>
       <c r="C45" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>143</v>
+        <v>256</v>
       </c>
       <c r="E45" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F45" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>203</v>
+      </c>
+      <c r="G45" t="s">
+        <v>155</v>
+      </c>
+      <c r="H45">
         <v>2017</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>178</v>
-[...4 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="K45" t="s">
+        <v>257</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N45" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>258</v>
+      </c>
+      <c r="P45" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>180</v>
+        <v>260</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>261</v>
       </c>
       <c r="C46" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>143</v>
+        <v>262</v>
       </c>
       <c r="E46" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>203</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2012</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2017</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N46" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>263</v>
+      </c>
+      <c r="P46" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>267</v>
+      </c>
+      <c r="E47" t="s">
+        <v>202</v>
+      </c>
+      <c r="F47" t="s">
+        <v>203</v>
+      </c>
+      <c r="G47" t="s">
+        <v>155</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>245</v>
+      </c>
+      <c r="K47" t="s">
+        <v>268</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>205</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>269</v>
+      </c>
+      <c r="P47" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" t="s">
+        <v>272</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
         <v>183</v>
       </c>
-      <c r="B47" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="E48" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>203</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
-      <c r="I48" t="s">
-        <v>145</v>
+      <c r="I48">
+        <v>2012</v>
       </c>
       <c r="J48" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N48" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>273</v>
+      </c>
+      <c r="P48" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>274</v>
       </c>
       <c r="B49" t="s">
-        <v>15</v>
+        <v>275</v>
       </c>
       <c r="C49" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>276</v>
       </c>
       <c r="E49" t="s">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="F49" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>203</v>
+      </c>
+      <c r="G49" t="s">
+        <v>155</v>
+      </c>
+      <c r="H49">
         <v>2017</v>
       </c>
-      <c r="H49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>185</v>
-[...4 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="K49" t="s">
+        <v>268</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="N49" t="s">
-        <v>191</v>
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>277</v>
+      </c>
+      <c r="P49" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>