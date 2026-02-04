--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -482,420 +482,381 @@
   <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
   </si>
   <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
     <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
-[...44 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...265 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1217,70 +1178,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P49"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -2410,51 +2371,51 @@
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>152</v>
       </c>
       <c r="B24" t="s">
         <v>153</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>154</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>155</v>
       </c>
       <c r="H24">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>156</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>157</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>158</v>
       </c>
       <c r="P24" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>160</v>
@@ -2503,1140 +2464,998 @@
         <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>163</v>
       </c>
       <c r="B26" t="s">
         <v>164</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>165</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>155</v>
       </c>
-      <c r="H26">
+      <c r="H26"/>
+      <c r="I26">
         <v>2024</v>
       </c>
-      <c r="I26"/>
       <c r="J26" t="s">
         <v>156</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>157</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>166</v>
       </c>
       <c r="P26" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>167</v>
       </c>
       <c r="B27" t="s">
         <v>168</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>169</v>
+        <v>116</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
       <c r="J27" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>170</v>
+      </c>
       <c r="M27" t="s">
         <v>157</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P27" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H28">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>157</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>175</v>
       </c>
       <c r="P28" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>177</v>
       </c>
       <c r="B29" t="s">
         <v>178</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
         <v>2025</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
         <v>156</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>157</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>179</v>
       </c>
       <c r="P29" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H30">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>157</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H31">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I31">
         <v>2025</v>
       </c>
+      <c r="I31"/>
       <c r="J31" t="s">
         <v>156</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>157</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="P31" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>188</v>
+      </c>
+      <c r="B32" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>190</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H32">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>156</v>
+        <v>193</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="P32" t="s">
-        <v>176</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="G33" t="s">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="P33" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="G34" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="P34" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="B35" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E35" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F35" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G35" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="P35" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E36" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F36" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G36" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="P36" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B37" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>216</v>
+        <v>182</v>
       </c>
       <c r="E37" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F37" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G37" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="I37"/>
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
       <c r="J37" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P37" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B38" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E38" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F38" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G38" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="I38"/>
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P38" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B39" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>226</v>
+        <v>79</v>
       </c>
       <c r="E39" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F39" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G39" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="H39"/>
+        <v>155</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>194</v>
+        <v>233</v>
       </c>
       <c r="E40" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F40" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H40">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="P40" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E41" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F41" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H41">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="P41" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="B42" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>79</v>
+        <v>245</v>
       </c>
       <c r="E42" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F42" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G42" t="s">
         <v>155</v>
       </c>
       <c r="H42">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
+        <v>246</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="P42" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E43" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F43" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G43" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43">
         <v>2017</v>
       </c>
-      <c r="I43"/>
       <c r="J43" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="P43" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B44" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E44" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F44" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G44" t="s">
         <v>155</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="K44" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="P44" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B45" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E45" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F45" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G45" t="s">
-        <v>155</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
       <c r="J45" t="s">
-        <v>245</v>
+        <v>193</v>
       </c>
       <c r="K45" t="s">
-        <v>257</v>
+        <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="P45" t="s">
-        <v>259</v>
+        <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B46" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E46" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="F46" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>155</v>
       </c>
       <c r="H46">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I46">
         <v>2017</v>
       </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="K46" t="s">
-        <v>24</v>
+        <v>257</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="P46" t="s">
-        <v>264</v>
-[...31 lines deleted...]
-      <c r="K47" t="s">
         <v>268</v>
-      </c>
-[...105 lines deleted...]
-        <v>278</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">