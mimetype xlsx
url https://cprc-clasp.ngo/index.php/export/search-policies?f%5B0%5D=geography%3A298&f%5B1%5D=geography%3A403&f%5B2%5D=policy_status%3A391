--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,604 +12,824 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -873,1801 +1093,2036 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="607.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>36</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>74</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>66</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>37</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>36</v>
+      </c>
+      <c r="M19" t="s">
+        <v>37</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>37</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>66</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>67</v>
+      </c>
+      <c r="M23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...10 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>154</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>155</v>
+      </c>
+      <c r="M24" t="s">
+        <v>156</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>161</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>154</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>156</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26">
+        <v>2024</v>
+      </c>
+      <c r="J26" t="s">
+        <v>165</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>156</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>166</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>116</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
         <v>2014</v>
       </c>
-      <c r="I3" t="s">
-[...19 lines deleted...]
-      <c r="A4" t="s">
+      <c r="J27" t="s">
+        <v>154</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>169</v>
+      </c>
+      <c r="M27" t="s">
+        <v>156</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...17 lines deleted...]
-      <c r="H4">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
+        <v>154</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>173</v>
+      </c>
+      <c r="M28" t="s">
+        <v>156</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>174</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>149</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>8</v>
+      </c>
+      <c r="H29">
         <v>2014</v>
       </c>
-      <c r="I4" t="s">
-[...69 lines deleted...]
-      <c r="C6" t="s">
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>154</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>178</v>
+      </c>
+      <c r="M29" t="s">
+        <v>156</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>161</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>154</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>156</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
         <v>42</v>
       </c>
-      <c r="D6" t="s">
-[...844 lines deleted...]
-      <c r="G25">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31">
         <v>2015</v>
       </c>
-      <c r="H25">
-[...41 lines deleted...]
-      <c r="H26">
+      <c r="I31">
         <v>2024</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J31" t="s">
+        <v>165</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>156</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>189</v>
+      </c>
+      <c r="B32" t="s">
+        <v>190</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>191</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>161</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>154</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>192</v>
+      </c>
+      <c r="M32" t="s">
+        <v>156</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>194</v>
+      </c>
+      <c r="B33" t="s">
+        <v>195</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>191</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>8</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2025</v>
+      </c>
+      <c r="J33" t="s">
+        <v>165</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>156</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>196</v>
+      </c>
+      <c r="P33" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>197</v>
+      </c>
+      <c r="B34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
         <v>116</v>
       </c>
-      <c r="J26" t="s">
-[...76 lines deleted...]
-      <c r="G28">
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>161</v>
+      </c>
+      <c r="H34">
         <v>2011</v>
       </c>
-      <c r="H28">
+      <c r="I34">
         <v>2022</v>
       </c>
-      <c r="I28" t="s">
-[...131 lines deleted...]
-      <c r="I31" t="s">
+      <c r="J34" t="s">
+        <v>154</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>199</v>
+      </c>
+      <c r="M34" t="s">
+        <v>156</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>200</v>
+      </c>
+      <c r="P34" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>201</v>
+      </c>
+      <c r="B35" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
         <v>116</v>
       </c>
-      <c r="J31" t="s">
-[...32 lines deleted...]
-      <c r="G32">
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2011</v>
       </c>
-      <c r="H32">
-[...43 lines deleted...]
-      <c r="H33">
+      <c r="I35">
         <v>2025</v>
       </c>
-      <c r="I33" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="N35" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>203</v>
+      </c>
+      <c r="P35" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>204</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>205</v>
       </c>
       <c r="C36" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>147</v>
+        <v>206</v>
       </c>
       <c r="E36" t="s">
-        <v>148</v>
+        <v>207</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>208</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
-      <c r="I36" t="s">
-        <v>149</v>
+      <c r="I36">
+        <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N36" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>211</v>
+      </c>
+      <c r="P36" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>152</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>147</v>
+        <v>215</v>
       </c>
       <c r="E37" t="s">
-        <v>148</v>
+        <v>207</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>208</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-        <v>149</v>
+      <c r="I37">
+        <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N37" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>216</v>
+      </c>
+      <c r="P37" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>218</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>219</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>147</v>
+        <v>220</v>
       </c>
       <c r="E38" t="s">
-        <v>148</v>
+        <v>207</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>208</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2012</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2017</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N38" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>222</v>
+      </c>
+      <c r="P38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>224</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>147</v>
+        <v>191</v>
       </c>
       <c r="E39" t="s">
-        <v>148</v>
+        <v>207</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>208</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>149</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N39" t="s">
-        <v>160</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>226</v>
+      </c>
+      <c r="P39" t="s">
+        <v>212</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>