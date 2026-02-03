--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -104,70 +104,70 @@
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -482,65 +482,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="215.804" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>