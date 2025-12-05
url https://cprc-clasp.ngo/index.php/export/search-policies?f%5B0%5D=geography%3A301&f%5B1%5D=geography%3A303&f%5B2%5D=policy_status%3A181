--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,2706 +12,4174 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="825">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1311">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2975,11591 +4443,13202 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N273"/>
+  <dimension ref="A1:P273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2002</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>1995</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
-[...17 lines deleted...]
-      <c r="L4" t="s">
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" t="s">
         <v>33</v>
-      </c>
-[...178 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
-      <c r="I9" t="s">
-        <v>20</v>
+      <c r="I9">
+        <v>2007</v>
       </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...19 lines deleted...]
-      <c r="E10" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
         <v>33</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2003</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>39</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>39</v>
+      </c>
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19" t="s">
+        <v>111</v>
+      </c>
+      <c r="N19" t="s">
+        <v>128</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>111</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>39</v>
+      </c>
+      <c r="G21" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
         <v>2013</v>
       </c>
-      <c r="H10"/>
-[...9 lines deleted...]
-      <c r="L10" t="s">
+      <c r="J21" t="s">
+        <v>139</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>39</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>139</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>39</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
-[...19 lines deleted...]
-      <c r="E11" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>149</v>
+      </c>
+      <c r="M23" t="s">
+        <v>111</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>39</v>
+      </c>
+      <c r="G24" t="s">
         <v>33</v>
-      </c>
-[...562 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
-      <c r="I24" t="s">
-        <v>20</v>
+      <c r="I24">
+        <v>2011</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>81</v>
+        <v>155</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N24" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>160</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>39</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>171</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>39</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2000</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>172</v>
+      </c>
+      <c r="M27" t="s">
         <v>111</v>
       </c>
-      <c r="B25" t="s">
-[...8 lines deleted...]
-      <c r="E25" t="s">
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>177</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>39</v>
+      </c>
+      <c r="G28" t="s">
         <v>33</v>
-      </c>
-[...134 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
-      <c r="I28" t="s">
-        <v>20</v>
+      <c r="I28">
+        <v>2010</v>
       </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>81</v>
+        <v>178</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N28" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>126</v>
+        <v>181</v>
       </c>
       <c r="B29" t="s">
-        <v>15</v>
+        <v>182</v>
       </c>
       <c r="C29" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>39</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>184</v>
+      </c>
+      <c r="M29" t="s">
+        <v>111</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>185</v>
+      </c>
+      <c r="P29" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" t="s">
+        <v>188</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>39</v>
+      </c>
+      <c r="G30" t="s">
         <v>33</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29">
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30">
+        <v>2009</v>
+      </c>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>116</v>
+      </c>
+      <c r="M30" t="s">
+        <v>111</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>193</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>39</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>194</v>
+      </c>
+      <c r="L31" t="s">
+        <v>195</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>92</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>39</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>200</v>
+      </c>
+      <c r="M32" t="s">
+        <v>111</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>201</v>
+      </c>
+      <c r="P32" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>203</v>
+      </c>
+      <c r="B33" t="s">
+        <v>204</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>205</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>39</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>206</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>207</v>
+      </c>
+      <c r="P33" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>209</v>
+      </c>
+      <c r="B34" t="s">
+        <v>210</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>51</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>39</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
         <v>2011</v>
       </c>
-      <c r="H29"/>
-[...32 lines deleted...]
-      <c r="E30" t="s">
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>52</v>
+      </c>
+      <c r="M34" t="s">
+        <v>111</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>212</v>
+      </c>
+      <c r="B35" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>75</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>39</v>
+      </c>
+      <c r="G35" t="s">
         <v>33</v>
-      </c>
-[...222 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-        <v>20</v>
+      <c r="I35">
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>81</v>
+        <v>214</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N35" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>215</v>
+      </c>
+      <c r="P35" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>149</v>
+        <v>217</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>218</v>
       </c>
       <c r="C36" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>39</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>219</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>220</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>224</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>39</v>
+      </c>
+      <c r="G37" t="s">
         <v>33</v>
-      </c>
-[...46 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-        <v>20</v>
+      <c r="I37">
+        <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>81</v>
+        <v>219</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N37" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>225</v>
+      </c>
+      <c r="P37" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>227</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>228</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>39</v>
+      </c>
+      <c r="G38" t="s">
         <v>33</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38">
+      <c r="H38">
         <v>1993</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2013</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>23</v>
+        <v>230</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N38" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>231</v>
+      </c>
+      <c r="P38" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>233</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
+        <v>234</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>39</v>
+      </c>
+      <c r="G39" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>20</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>81</v>
+        <v>235</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N39" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>236</v>
+      </c>
+      <c r="P39" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>238</v>
       </c>
       <c r="B40" t="s">
-        <v>15</v>
+        <v>239</v>
       </c>
       <c r="C40" t="s">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>240</v>
       </c>
       <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>39</v>
+      </c>
+      <c r="G40" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
-      <c r="I40" t="s">
-        <v>20</v>
+      <c r="I40">
+        <v>2011</v>
       </c>
       <c r="J40" t="s">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>164</v>
+        <v>194</v>
       </c>
       <c r="L40" t="s">
+        <v>241</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>242</v>
+      </c>
+      <c r="P40" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>244</v>
+      </c>
+      <c r="B41" t="s">
+        <v>245</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>246</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>39</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M40" t="s">
-[...19 lines deleted...]
-      <c r="E41" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>247</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>248</v>
+      </c>
+      <c r="P41" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>250</v>
+      </c>
+      <c r="B42" t="s">
+        <v>251</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>240</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>39</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>122</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>254</v>
+      </c>
+      <c r="B43" t="s">
+        <v>255</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>256</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>39</v>
+      </c>
+      <c r="G43" t="s">
         <v>33</v>
       </c>
-      <c r="F41" t="s">
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>172</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>257</v>
+      </c>
+      <c r="P43" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>259</v>
+      </c>
+      <c r="B44" t="s">
+        <v>260</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>261</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>39</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>139</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>262</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>263</v>
+      </c>
+      <c r="P44" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>265</v>
+      </c>
+      <c r="B45" t="s">
+        <v>266</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>261</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>39</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>139</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>267</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>268</v>
+      </c>
+      <c r="P45" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" t="s">
+        <v>271</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
         <v>19</v>
       </c>
-      <c r="G41">
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>39</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>272</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>273</v>
+      </c>
+      <c r="P46" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>275</v>
+      </c>
+      <c r="B47" t="s">
+        <v>276</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>256</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>39</v>
+      </c>
+      <c r="G47" t="s">
+        <v>33</v>
+      </c>
+      <c r="H47">
+        <v>2000</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>172</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>277</v>
+      </c>
+      <c r="P47" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>279</v>
+      </c>
+      <c r="B48" t="s">
+        <v>280</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>261</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>39</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2017</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>139</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>267</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>281</v>
+      </c>
+      <c r="P48" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>283</v>
+      </c>
+      <c r="B49" t="s">
+        <v>284</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>261</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>39</v>
+      </c>
+      <c r="G49" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>139</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>285</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>286</v>
+      </c>
+      <c r="P49" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>288</v>
+      </c>
+      <c r="B50" t="s">
+        <v>289</v>
+      </c>
+      <c r="C50" t="s">
+        <v>290</v>
+      </c>
+      <c r="D50" t="s">
+        <v>154</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>291</v>
+      </c>
+      <c r="G50" t="s">
+        <v>33</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>292</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>293</v>
+      </c>
+      <c r="M50" t="s">
+        <v>294</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>295</v>
+      </c>
+      <c r="P50" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>297</v>
+      </c>
+      <c r="B51" t="s">
+        <v>298</v>
+      </c>
+      <c r="C51" t="s">
+        <v>290</v>
+      </c>
+      <c r="D51" t="s">
+        <v>240</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>291</v>
+      </c>
+      <c r="G51" t="s">
+        <v>33</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>299</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>300</v>
+      </c>
+      <c r="M51" t="s">
+        <v>294</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>301</v>
+      </c>
+      <c r="P51" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>303</v>
+      </c>
+      <c r="B52" t="s">
+        <v>304</v>
+      </c>
+      <c r="C52" t="s">
+        <v>290</v>
+      </c>
+      <c r="D52" t="s">
+        <v>240</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>291</v>
+      </c>
+      <c r="G52" t="s">
+        <v>33</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>292</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>305</v>
+      </c>
+      <c r="M52" t="s">
+        <v>294</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>306</v>
+      </c>
+      <c r="P52" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B53" t="s">
+        <v>309</v>
+      </c>
+      <c r="C53" t="s">
+        <v>290</v>
+      </c>
+      <c r="D53" t="s">
+        <v>310</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>291</v>
+      </c>
+      <c r="G53" t="s">
+        <v>33</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>292</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>311</v>
+      </c>
+      <c r="M53" t="s">
+        <v>294</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>312</v>
+      </c>
+      <c r="P53" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>314</v>
+      </c>
+      <c r="B54" t="s">
+        <v>315</v>
+      </c>
+      <c r="C54" t="s">
+        <v>290</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>291</v>
+      </c>
+      <c r="G54" t="s">
+        <v>33</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2019</v>
+      </c>
+      <c r="J54" t="s">
+        <v>299</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>316</v>
+      </c>
+      <c r="M54" t="s">
+        <v>294</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>317</v>
+      </c>
+      <c r="P54" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>319</v>
+      </c>
+      <c r="B55" t="s">
+        <v>320</v>
+      </c>
+      <c r="C55" t="s">
+        <v>290</v>
+      </c>
+      <c r="D55" t="s">
+        <v>246</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>291</v>
+      </c>
+      <c r="G55" t="s">
+        <v>33</v>
+      </c>
+      <c r="H55">
+        <v>2014</v>
+      </c>
+      <c r="I55">
+        <v>2019</v>
+      </c>
+      <c r="J55" t="s">
+        <v>299</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>321</v>
+      </c>
+      <c r="M55" t="s">
+        <v>294</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>322</v>
+      </c>
+      <c r="P55" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>324</v>
+      </c>
+      <c r="B56" t="s">
+        <v>325</v>
+      </c>
+      <c r="C56" t="s">
+        <v>290</v>
+      </c>
+      <c r="D56" t="s">
+        <v>326</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>291</v>
+      </c>
+      <c r="G56" t="s">
+        <v>33</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56">
+        <v>2019</v>
+      </c>
+      <c r="J56" t="s">
+        <v>299</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>327</v>
+      </c>
+      <c r="M56" t="s">
+        <v>294</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>328</v>
+      </c>
+      <c r="P56" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>330</v>
+      </c>
+      <c r="B57" t="s">
+        <v>331</v>
+      </c>
+      <c r="C57" t="s">
+        <v>290</v>
+      </c>
+      <c r="D57" t="s">
+        <v>332</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>291</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>299</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>333</v>
+      </c>
+      <c r="M57" t="s">
+        <v>334</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>335</v>
+      </c>
+      <c r="P57" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>337</v>
+      </c>
+      <c r="B58" t="s">
+        <v>338</v>
+      </c>
+      <c r="C58" t="s">
+        <v>290</v>
+      </c>
+      <c r="D58" t="s">
+        <v>57</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>291</v>
+      </c>
+      <c r="G58" t="s">
+        <v>33</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>292</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>339</v>
+      </c>
+      <c r="M58" t="s">
+        <v>294</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>340</v>
+      </c>
+      <c r="P58" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>342</v>
+      </c>
+      <c r="B59" t="s">
+        <v>343</v>
+      </c>
+      <c r="C59" t="s">
+        <v>290</v>
+      </c>
+      <c r="D59" t="s">
+        <v>45</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>291</v>
+      </c>
+      <c r="G59" t="s">
+        <v>33</v>
+      </c>
+      <c r="H59">
         <v>2013</v>
       </c>
-      <c r="H41"/>
-[...3 lines deleted...]
-      <c r="J41" t="s">
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>299</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>344</v>
+      </c>
+      <c r="M59" t="s">
+        <v>294</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>345</v>
+      </c>
+      <c r="P59" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>347</v>
+      </c>
+      <c r="B60" t="s">
+        <v>348</v>
+      </c>
+      <c r="C60" t="s">
+        <v>290</v>
+      </c>
+      <c r="D60" t="s">
+        <v>63</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>291</v>
+      </c>
+      <c r="G60" t="s">
+        <v>33</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>299</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>349</v>
+      </c>
+      <c r="M60" t="s">
+        <v>294</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>350</v>
+      </c>
+      <c r="P60" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>352</v>
+      </c>
+      <c r="B61" t="s">
+        <v>353</v>
+      </c>
+      <c r="C61" t="s">
+        <v>290</v>
+      </c>
+      <c r="D61" t="s">
+        <v>354</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>291</v>
+      </c>
+      <c r="G61" t="s">
+        <v>33</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>299</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>355</v>
+      </c>
+      <c r="M61" t="s">
+        <v>294</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>356</v>
+      </c>
+      <c r="P61" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>358</v>
+      </c>
+      <c r="B62" t="s">
+        <v>359</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>205</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>39</v>
+      </c>
+      <c r="G62" t="s">
+        <v>33</v>
+      </c>
+      <c r="H62">
+        <v>2000</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>206</v>
+      </c>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>360</v>
+      </c>
+      <c r="P62" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>362</v>
+      </c>
+      <c r="B63" t="s">
+        <v>363</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>39</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>364</v>
+      </c>
+      <c r="M63" t="s">
+        <v>111</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>365</v>
+      </c>
+      <c r="P63" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>367</v>
+      </c>
+      <c r="B64" t="s">
+        <v>368</v>
+      </c>
+      <c r="C64" t="s">
+        <v>369</v>
+      </c>
+      <c r="D64" t="s">
+        <v>256</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>39</v>
+      </c>
+      <c r="G64" t="s">
+        <v>33</v>
+      </c>
+      <c r="H64">
+        <v>1994</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>370</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>371</v>
+      </c>
+      <c r="M64" t="s">
+        <v>372</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>373</v>
+      </c>
+      <c r="P64" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>375</v>
+      </c>
+      <c r="B65" t="s">
+        <v>376</v>
+      </c>
+      <c r="C65" t="s">
+        <v>377</v>
+      </c>
+      <c r="D65" t="s">
+        <v>171</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>39</v>
+      </c>
+      <c r="G65" t="s">
+        <v>33</v>
+      </c>
+      <c r="H65">
+        <v>1992</v>
+      </c>
+      <c r="I65">
+        <v>2020</v>
+      </c>
+      <c r="J65" t="s">
+        <v>370</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>378</v>
+      </c>
+      <c r="M65" t="s">
+        <v>372</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>379</v>
+      </c>
+      <c r="P65" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>381</v>
+      </c>
+      <c r="B66" t="s">
+        <v>382</v>
+      </c>
+      <c r="C66" t="s">
+        <v>369</v>
+      </c>
+      <c r="D66" t="s">
+        <v>205</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>39</v>
+      </c>
+      <c r="G66" t="s">
+        <v>33</v>
+      </c>
+      <c r="H66">
+        <v>2001</v>
+      </c>
+      <c r="I66">
+        <v>2019</v>
+      </c>
+      <c r="J66" t="s">
+        <v>370</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>383</v>
+      </c>
+      <c r="M66" t="s">
+        <v>372</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>384</v>
+      </c>
+      <c r="P66" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>386</v>
+      </c>
+      <c r="B67" t="s">
+        <v>387</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>183</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...2 lines deleted...]
-      <c r="L41" t="s">
+      <c r="G67" t="s">
+        <v>33</v>
+      </c>
+      <c r="H67">
+        <v>1981</v>
+      </c>
+      <c r="I67">
+        <v>1982</v>
+      </c>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="M41" t="s">
-[...19 lines deleted...]
-      <c r="E42" t="s">
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>388</v>
+      </c>
+      <c r="M67" t="s">
+        <v>111</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>389</v>
+      </c>
+      <c r="P67" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>390</v>
+      </c>
+      <c r="B68" t="s">
+        <v>391</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>229</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2009</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>392</v>
+      </c>
+      <c r="M68" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>393</v>
+      </c>
+      <c r="P68" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>394</v>
+      </c>
+      <c r="B69" t="s">
+        <v>394</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>395</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
         <v>33</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42">
+      <c r="H69">
+        <v>2002</v>
+      </c>
+      <c r="I69">
+        <v>2001</v>
+      </c>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>396</v>
+      </c>
+      <c r="P69" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>397</v>
+      </c>
+      <c r="B70" t="s">
+        <v>398</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>399</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2003</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>194</v>
+      </c>
+      <c r="L70" t="s">
+        <v>400</v>
+      </c>
+      <c r="M70" t="s">
+        <v>111</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>401</v>
+      </c>
+      <c r="P70" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>397</v>
+      </c>
+      <c r="B71" t="s">
+        <v>398</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>399</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>402</v>
+      </c>
+      <c r="L71" t="s">
+        <v>400</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>403</v>
+      </c>
+      <c r="P71" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>404</v>
+      </c>
+      <c r="B72" t="s">
+        <v>405</v>
+      </c>
+      <c r="C72" t="s">
+        <v>290</v>
+      </c>
+      <c r="D72" t="s">
+        <v>229</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>39</v>
+      </c>
+      <c r="G72" t="s">
+        <v>33</v>
+      </c>
+      <c r="H72">
+        <v>2003</v>
+      </c>
+      <c r="I72">
+        <v>2012</v>
+      </c>
+      <c r="J72" t="s">
+        <v>406</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>407</v>
+      </c>
+      <c r="M72" t="s">
+        <v>408</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>409</v>
+      </c>
+      <c r="P72" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>411</v>
+      </c>
+      <c r="B73" t="s">
+        <v>412</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>256</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>39</v>
+      </c>
+      <c r="G73" t="s">
+        <v>33</v>
+      </c>
+      <c r="H73">
+        <v>2000</v>
+      </c>
+      <c r="I73">
         <v>2013</v>
       </c>
-      <c r="H42"/>
-[...9 lines deleted...]
-      <c r="L42" t="s">
+      <c r="J73" t="s">
         <v>23</v>
       </c>
-      <c r="M42" t="s">
-[...19 lines deleted...]
-      <c r="E43" t="s">
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>413</v>
+      </c>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>414</v>
+      </c>
+      <c r="P73" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>416</v>
+      </c>
+      <c r="B74" t="s">
+        <v>417</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>256</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>39</v>
+      </c>
+      <c r="G74" t="s">
         <v>33</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43">
+      <c r="H74">
         <v>2000</v>
       </c>
-      <c r="H43">
-[...11 lines deleted...]
-      <c r="L43" t="s">
+      <c r="I74">
+        <v>2013</v>
+      </c>
+      <c r="J74" t="s">
         <v>23</v>
       </c>
-      <c r="M43" t="s">
-[...19 lines deleted...]
-      <c r="E44" t="s">
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>418</v>
+      </c>
+      <c r="P74" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>420</v>
+      </c>
+      <c r="B75" t="s">
+        <v>421</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>256</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>39</v>
+      </c>
+      <c r="G75" t="s">
         <v>33</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44">
+      <c r="H75">
+        <v>2000</v>
+      </c>
+      <c r="I75">
         <v>2013</v>
       </c>
-      <c r="H44"/>
-[...9 lines deleted...]
-      <c r="L44" t="s">
+      <c r="J75" t="s">
         <v>23</v>
       </c>
-      <c r="M44" t="s">
-[...19 lines deleted...]
-      <c r="E45" t="s">
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>413</v>
+      </c>
+      <c r="M75" t="s">
+        <v>111</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>422</v>
+      </c>
+      <c r="P75" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>424</v>
+      </c>
+      <c r="B76" t="s">
+        <v>425</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>426</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>39</v>
+      </c>
+      <c r="G76" t="s">
         <v>33</v>
-      </c>
-[...1346 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H76">
         <v>2015</v>
       </c>
-      <c r="I76" t="s">
-        <v>20</v>
+      <c r="I76">
+        <v>2015</v>
       </c>
       <c r="J76" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K76" t="s">
-        <v>283</v>
+        <v>24</v>
       </c>
       <c r="L76" t="s">
+        <v>424</v>
+      </c>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>427</v>
+      </c>
+      <c r="P76" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>429</v>
+      </c>
+      <c r="B77" t="s">
+        <v>430</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>32</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>39</v>
+      </c>
+      <c r="G77" t="s">
+        <v>33</v>
+      </c>
+      <c r="H77">
+        <v>2008</v>
+      </c>
+      <c r="I77">
+        <v>2013</v>
+      </c>
+      <c r="J77" t="s">
         <v>23</v>
       </c>
-      <c r="M76" t="s">
-[...19 lines deleted...]
-      <c r="E77" t="s">
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>34</v>
+      </c>
+      <c r="M77" t="s">
+        <v>111</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>431</v>
+      </c>
+      <c r="P77" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>433</v>
+      </c>
+      <c r="B78" t="s">
+        <v>434</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>177</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>39</v>
+      </c>
+      <c r="G78" t="s">
         <v>33</v>
       </c>
-      <c r="F77" t="s">
-[...5 lines deleted...]
-      <c r="H77">
+      <c r="H78">
+        <v>2010</v>
+      </c>
+      <c r="I78">
+        <v>2014</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>435</v>
+      </c>
+      <c r="P78" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>437</v>
+      </c>
+      <c r="B79" t="s">
+        <v>438</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>75</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>39</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2013</v>
       </c>
-      <c r="I77" t="s">
-[...31 lines deleted...]
-      <c r="E78" t="s">
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>111</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>439</v>
+      </c>
+      <c r="P79" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>441</v>
+      </c>
+      <c r="B80" t="s">
+        <v>442</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>240</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>39</v>
+      </c>
+      <c r="G80" t="s">
         <v>33</v>
-      </c>
-[...86 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H80">
         <v>2011</v>
       </c>
-      <c r="I80" t="s">
-        <v>20</v>
+      <c r="I80">
+        <v>2011</v>
       </c>
       <c r="J80" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-      <c r="L80" t="s">
         <v>23</v>
       </c>
+      <c r="K80" t="s">
+        <v>194</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N80" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>443</v>
+      </c>
+      <c r="P80"/>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>294</v>
+        <v>444</v>
       </c>
       <c r="B81" t="s">
-        <v>15</v>
+        <v>445</v>
       </c>
       <c r="C81" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>39</v>
+      </c>
+      <c r="G81" t="s">
         <v>33</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81">
+      <c r="H81">
         <v>2008</v>
       </c>
-      <c r="H81">
+      <c r="I81">
         <v>2014</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N81" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>446</v>
+      </c>
+      <c r="P81" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>296</v>
+        <v>448</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>449</v>
       </c>
       <c r="C82" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>450</v>
       </c>
       <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>39</v>
+      </c>
+      <c r="G82" t="s">
         <v>33</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82">
+      <c r="H82">
         <v>2011</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2013</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L82" t="s">
         <v>23</v>
       </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N82" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>451</v>
+      </c>
+      <c r="P82" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>299</v>
+        <v>453</v>
       </c>
       <c r="B83" t="s">
-        <v>15</v>
+        <v>454</v>
       </c>
       <c r="C83" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>39</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>26</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>455</v>
+      </c>
+      <c r="P83" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>457</v>
+      </c>
+      <c r="B84" t="s">
+        <v>458</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>19</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>39</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>111</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>459</v>
+      </c>
+      <c r="P84" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>461</v>
+      </c>
+      <c r="B85" t="s">
+        <v>462</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>240</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>39</v>
+      </c>
+      <c r="G85" t="s">
         <v>33</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83">
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85">
         <v>2014</v>
       </c>
-      <c r="H83"/>
-[...7 lines deleted...]
-      <c r="L83" t="s">
+      <c r="J85" t="s">
         <v>23</v>
       </c>
-      <c r="M83" t="s">
-[...19 lines deleted...]
-      <c r="E84" t="s">
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>111</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>463</v>
+      </c>
+      <c r="P85" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>465</v>
+      </c>
+      <c r="B86" t="s">
+        <v>466</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>32</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>39</v>
+      </c>
+      <c r="G86" t="s">
         <v>33</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84">
+      <c r="H86">
+        <v>2012</v>
+      </c>
+      <c r="I86">
         <v>2014</v>
       </c>
-      <c r="H84"/>
-[...30 lines deleted...]
-      <c r="E85" t="s">
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>111</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>467</v>
+      </c>
+      <c r="P86" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>469</v>
+      </c>
+      <c r="B87" t="s">
+        <v>470</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>471</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>39</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2015</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>111</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>472</v>
+      </c>
+      <c r="P87" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>474</v>
+      </c>
+      <c r="B88" t="s">
+        <v>475</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>476</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>39</v>
+      </c>
+      <c r="G88" t="s">
         <v>33</v>
-      </c>
-[...128 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H88">
         <v>2015</v>
       </c>
-      <c r="I88" t="s">
-        <v>20</v>
+      <c r="I88">
+        <v>2015</v>
       </c>
       <c r="J88" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K88" t="s">
-        <v>310</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>81</v>
+        <v>474</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N88" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>477</v>
+      </c>
+      <c r="P88" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>313</v>
+        <v>479</v>
       </c>
       <c r="B89" t="s">
-        <v>15</v>
+        <v>480</v>
       </c>
       <c r="C89" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>39</v>
+      </c>
+      <c r="G89" t="s">
         <v>33</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89">
+      <c r="H89">
         <v>2006</v>
       </c>
-      <c r="H89">
+      <c r="I89">
         <v>2016</v>
       </c>
-      <c r="I89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J89" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N89" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>481</v>
+      </c>
+      <c r="P89" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>315</v>
+        <v>483</v>
       </c>
       <c r="B90" t="s">
-        <v>15</v>
+        <v>484</v>
       </c>
       <c r="C90" t="s">
-        <v>316</v>
+        <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>485</v>
       </c>
       <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>39</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>111</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>486</v>
+      </c>
+      <c r="P90" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>488</v>
+      </c>
+      <c r="B91" t="s">
+        <v>489</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>490</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>39</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2016</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>111</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>491</v>
+      </c>
+      <c r="P91" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>493</v>
+      </c>
+      <c r="B92" t="s">
+        <v>494</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>495</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>39</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2016</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>111</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>496</v>
+      </c>
+      <c r="P92" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>497</v>
+      </c>
+      <c r="B93" t="s">
+        <v>498</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>171</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>39</v>
+      </c>
+      <c r="G93" t="s">
         <v>33</v>
       </c>
-      <c r="F90" t="s">
+      <c r="H93">
+        <v>2000</v>
+      </c>
+      <c r="I93">
+        <v>2016</v>
+      </c>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>499</v>
+      </c>
+      <c r="P93" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>501</v>
+      </c>
+      <c r="B94" t="s">
+        <v>502</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>171</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>39</v>
+      </c>
+      <c r="G94" t="s">
+        <v>33</v>
+      </c>
+      <c r="H94">
+        <v>2000</v>
+      </c>
+      <c r="I94">
+        <v>2015</v>
+      </c>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>111</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>503</v>
+      </c>
+      <c r="P94" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>505</v>
+      </c>
+      <c r="B95" t="s">
+        <v>506</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>205</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>39</v>
+      </c>
+      <c r="G95" t="s">
+        <v>33</v>
+      </c>
+      <c r="H95">
+        <v>2000</v>
+      </c>
+      <c r="I95">
+        <v>2013</v>
+      </c>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>413</v>
+      </c>
+      <c r="M95" t="s">
+        <v>111</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>507</v>
+      </c>
+      <c r="P95" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>509</v>
+      </c>
+      <c r="B96" t="s">
+        <v>510</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
         <v>19</v>
       </c>
-      <c r="G90">
-[...33 lines deleted...]
-      <c r="E91" t="s">
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>39</v>
+      </c>
+      <c r="G96" t="s">
         <v>33</v>
       </c>
-      <c r="F91" t="s">
-[...36 lines deleted...]
-      <c r="E92" t="s">
+      <c r="H96">
+        <v>2001</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>26</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>511</v>
+      </c>
+      <c r="P96" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>513</v>
+      </c>
+      <c r="B97" t="s">
+        <v>514</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>45</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>39</v>
+      </c>
+      <c r="G97" t="s">
         <v>33</v>
       </c>
-      <c r="F92" t="s">
-[...36 lines deleted...]
-      <c r="E93" t="s">
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2014</v>
+      </c>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>515</v>
+      </c>
+      <c r="M97" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>516</v>
+      </c>
+      <c r="P97" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>518</v>
+      </c>
+      <c r="B98" t="s">
+        <v>519</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>520</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>39</v>
+      </c>
+      <c r="G98" t="s">
         <v>33</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93">
+      <c r="H98">
+        <v>1998</v>
+      </c>
+      <c r="I98">
+        <v>2014</v>
+      </c>
+      <c r="J98" t="s">
+        <v>521</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>522</v>
+      </c>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>523</v>
+      </c>
+      <c r="P98" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>525</v>
+      </c>
+      <c r="B99" t="s">
+        <v>526</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>104</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>39</v>
+      </c>
+      <c r="G99" t="s">
+        <v>33</v>
+      </c>
+      <c r="H99">
+        <v>2005</v>
+      </c>
+      <c r="I99">
+        <v>2013</v>
+      </c>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>527</v>
+      </c>
+      <c r="M99" t="s">
+        <v>111</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>528</v>
+      </c>
+      <c r="P99" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>530</v>
+      </c>
+      <c r="B100" t="s">
+        <v>531</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>395</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>39</v>
+      </c>
+      <c r="G100" t="s">
+        <v>33</v>
+      </c>
+      <c r="H100">
+        <v>2002</v>
+      </c>
+      <c r="I100">
+        <v>2013</v>
+      </c>
+      <c r="J100" t="s">
+        <v>23</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>111</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>532</v>
+      </c>
+      <c r="P100" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>534</v>
+      </c>
+      <c r="B101" t="s">
+        <v>535</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>205</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>39</v>
+      </c>
+      <c r="G101" t="s">
+        <v>33</v>
+      </c>
+      <c r="H101">
         <v>2000</v>
       </c>
-      <c r="H93">
-[...9 lines deleted...]
-      <c r="L93" t="s">
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
         <v>23</v>
       </c>
-      <c r="M93" t="s">
-[...19 lines deleted...]
-      <c r="E94" t="s">
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>536</v>
+      </c>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>537</v>
+      </c>
+      <c r="P101"/>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>538</v>
+      </c>
+      <c r="B102" t="s">
+        <v>539</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>165</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>39</v>
+      </c>
+      <c r="G102" t="s">
         <v>33</v>
       </c>
-      <c r="F94" t="s">
-[...5 lines deleted...]
-      <c r="H94">
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2013</v>
+      </c>
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>111</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>540</v>
+      </c>
+      <c r="P102" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>542</v>
+      </c>
+      <c r="B103" t="s">
+        <v>543</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>193</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>39</v>
+      </c>
+      <c r="G103" t="s">
+        <v>33</v>
+      </c>
+      <c r="H103">
+        <v>2006</v>
+      </c>
+      <c r="I103">
         <v>2015</v>
       </c>
-      <c r="I94" t="s">
-[...29 lines deleted...]
-      <c r="E95" t="s">
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>194</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>111</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>544</v>
+      </c>
+      <c r="P103" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>546</v>
+      </c>
+      <c r="B104" t="s">
+        <v>547</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>246</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>39</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>26</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>548</v>
+      </c>
+      <c r="P104" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>550</v>
+      </c>
+      <c r="B105" t="s">
+        <v>551</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>32</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>39</v>
+      </c>
+      <c r="G105" t="s">
         <v>33</v>
-      </c>
-[...432 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H105">
         <v>2012</v>
       </c>
-      <c r="I105" t="s">
-        <v>20</v>
+      <c r="I105">
+        <v>2012</v>
       </c>
       <c r="J105" t="s">
-        <v>355</v>
+        <v>23</v>
       </c>
       <c r="K105" t="s">
-        <v>356</v>
+        <v>552</v>
       </c>
       <c r="L105" t="s">
+        <v>553</v>
+      </c>
+      <c r="M105" t="s">
+        <v>111</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>554</v>
+      </c>
+      <c r="P105" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>556</v>
+      </c>
+      <c r="B106" t="s">
+        <v>557</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>256</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>39</v>
+      </c>
+      <c r="G106" t="s">
+        <v>33</v>
+      </c>
+      <c r="H106">
+        <v>2000</v>
+      </c>
+      <c r="I106">
+        <v>2015</v>
+      </c>
+      <c r="J106" t="s">
+        <v>23</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>26</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>558</v>
+      </c>
+      <c r="P106" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>560</v>
+      </c>
+      <c r="B107" t="s">
+        <v>561</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>57</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>39</v>
+      </c>
+      <c r="G107" t="s">
+        <v>33</v>
+      </c>
+      <c r="H107">
+        <v>2002</v>
+      </c>
+      <c r="I107">
+        <v>2013</v>
+      </c>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>562</v>
+      </c>
+      <c r="M107" t="s">
+        <v>26</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>563</v>
+      </c>
+      <c r="P107" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>565</v>
+      </c>
+      <c r="B108" t="s">
+        <v>566</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>256</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>39</v>
+      </c>
+      <c r="G108" t="s">
+        <v>33</v>
+      </c>
+      <c r="H108">
+        <v>2000</v>
+      </c>
+      <c r="I108">
+        <v>2015</v>
+      </c>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>111</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>567</v>
+      </c>
+      <c r="P108" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>569</v>
+      </c>
+      <c r="B109" t="s">
+        <v>570</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
         <v>81</v>
       </c>
-      <c r="M105" t="s">
-[...19 lines deleted...]
-      <c r="E106" t="s">
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>39</v>
+      </c>
+      <c r="G109" t="s">
         <v>33</v>
       </c>
-      <c r="F106" t="s">
-[...15 lines deleted...]
-      <c r="L106" t="s">
+      <c r="H109">
+        <v>2001</v>
+      </c>
+      <c r="I109">
+        <v>2013</v>
+      </c>
+      <c r="J109" t="s">
         <v>23</v>
       </c>
-      <c r="M106" t="s">
-[...19 lines deleted...]
-      <c r="E107" t="s">
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>571</v>
+      </c>
+      <c r="P109" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>573</v>
+      </c>
+      <c r="B110" t="s">
+        <v>574</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>138</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>39</v>
+      </c>
+      <c r="G110" t="s">
         <v>33</v>
       </c>
-      <c r="F107" t="s">
-[...5 lines deleted...]
-      <c r="H107">
+      <c r="H110">
+        <v>2006</v>
+      </c>
+      <c r="I110">
         <v>2013</v>
       </c>
-      <c r="I107" t="s">
-[...8 lines deleted...]
-      <c r="L107" t="s">
+      <c r="J110" t="s">
         <v>23</v>
       </c>
-      <c r="M107" t="s">
-[...19 lines deleted...]
-      <c r="E108" t="s">
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>111</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>575</v>
+      </c>
+      <c r="P110" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>577</v>
+      </c>
+      <c r="B111" t="s">
+        <v>578</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>38</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>39</v>
+      </c>
+      <c r="G111" t="s">
         <v>33</v>
       </c>
-      <c r="F108" t="s">
-[...38 lines deleted...]
-      <c r="E109" t="s">
+      <c r="H111">
+        <v>2001</v>
+      </c>
+      <c r="I111">
+        <v>2013</v>
+      </c>
+      <c r="J111" t="s">
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>579</v>
+      </c>
+      <c r="P111" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>581</v>
+      </c>
+      <c r="B112" t="s">
+        <v>582</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>240</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>39</v>
+      </c>
+      <c r="G112" t="s">
         <v>33</v>
-      </c>
-[...130 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H112">
         <v>2011</v>
       </c>
-      <c r="I112" t="s">
-        <v>20</v>
+      <c r="I112">
+        <v>2011</v>
       </c>
       <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>583</v>
+      </c>
+      <c r="M112" t="s">
+        <v>111</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>584</v>
+      </c>
+      <c r="P112" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>586</v>
+      </c>
+      <c r="B113" t="s">
+        <v>587</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>426</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>39</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2014</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>26</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>588</v>
+      </c>
+      <c r="P113" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>590</v>
+      </c>
+      <c r="B114" t="s">
+        <v>591</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>592</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>39</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2015</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>593</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>111</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>594</v>
+      </c>
+      <c r="P114" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>596</v>
+      </c>
+      <c r="B115" t="s">
+        <v>597</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>205</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>39</v>
+      </c>
+      <c r="G115" t="s">
+        <v>33</v>
+      </c>
+      <c r="H115">
+        <v>2000</v>
+      </c>
+      <c r="I115">
+        <v>2013</v>
+      </c>
+      <c r="J115" t="s">
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>372</v>
+      </c>
+      <c r="M115" t="s">
+        <v>26</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>598</v>
+      </c>
+      <c r="P115" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>600</v>
+      </c>
+      <c r="B116" t="s">
+        <v>601</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>183</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>39</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2011</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>23</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>602</v>
+      </c>
+      <c r="M116" t="s">
+        <v>26</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>603</v>
+      </c>
+      <c r="P116" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>605</v>
+      </c>
+      <c r="B117" t="s">
+        <v>606</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>607</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>39</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2014</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>23</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>605</v>
+      </c>
+      <c r="M117" t="s">
+        <v>26</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>608</v>
+      </c>
+      <c r="P117" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>610</v>
+      </c>
+      <c r="B118" t="s">
+        <v>611</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>63</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>39</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2013</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>612</v>
+      </c>
+      <c r="P118" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>614</v>
+      </c>
+      <c r="B119" t="s">
+        <v>615</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>205</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>39</v>
+      </c>
+      <c r="G119" t="s">
+        <v>33</v>
+      </c>
+      <c r="H119">
+        <v>2000</v>
+      </c>
+      <c r="I119">
+        <v>2014</v>
+      </c>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>111</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>616</v>
+      </c>
+      <c r="P119" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>618</v>
+      </c>
+      <c r="B120" t="s">
+        <v>619</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>63</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>39</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2013</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>26</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>620</v>
+      </c>
+      <c r="P120" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>622</v>
+      </c>
+      <c r="B121" t="s">
+        <v>623</v>
+      </c>
+      <c r="C121" t="s">
+        <v>290</v>
+      </c>
+      <c r="D121" t="s">
+        <v>624</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>291</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2022</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>625</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>626</v>
+      </c>
+      <c r="M121" t="s">
+        <v>627</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>628</v>
+      </c>
+      <c r="P121" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>630</v>
+      </c>
+      <c r="B122" t="s">
+        <v>631</v>
+      </c>
+      <c r="C122" t="s">
+        <v>290</v>
+      </c>
+      <c r="D122" t="s">
+        <v>632</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>291</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2022</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>625</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>633</v>
+      </c>
+      <c r="M122" t="s">
+        <v>627</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>634</v>
+      </c>
+      <c r="P122" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>636</v>
+      </c>
+      <c r="B123" t="s">
+        <v>637</v>
+      </c>
+      <c r="C123" t="s">
+        <v>290</v>
+      </c>
+      <c r="D123" t="s">
+        <v>638</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>291</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>625</v>
+      </c>
+      <c r="K123" t="s">
+        <v>593</v>
+      </c>
+      <c r="L123" t="s">
+        <v>639</v>
+      </c>
+      <c r="M123" t="s">
+        <v>627</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>640</v>
+      </c>
+      <c r="P123" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>642</v>
+      </c>
+      <c r="B124" t="s">
+        <v>643</v>
+      </c>
+      <c r="C124" t="s">
+        <v>290</v>
+      </c>
+      <c r="D124" t="s">
+        <v>644</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>291</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2022</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>625</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>645</v>
+      </c>
+      <c r="M124" t="s">
+        <v>627</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>646</v>
+      </c>
+      <c r="P124" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>648</v>
+      </c>
+      <c r="B125" t="s">
+        <v>649</v>
+      </c>
+      <c r="C125" t="s">
+        <v>290</v>
+      </c>
+      <c r="D125" t="s">
+        <v>650</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>291</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>625</v>
+      </c>
+      <c r="K125" t="s">
+        <v>593</v>
+      </c>
+      <c r="L125" t="s">
+        <v>651</v>
+      </c>
+      <c r="M125" t="s">
+        <v>627</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>652</v>
+      </c>
+      <c r="P125" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>654</v>
+      </c>
+      <c r="B126" t="s">
+        <v>655</v>
+      </c>
+      <c r="C126" t="s">
+        <v>290</v>
+      </c>
+      <c r="D126" t="s">
+        <v>656</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>291</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2022</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>625</v>
+      </c>
+      <c r="K126" t="s">
+        <v>657</v>
+      </c>
+      <c r="L126" t="s">
+        <v>658</v>
+      </c>
+      <c r="M126" t="s">
+        <v>627</v>
+      </c>
+      <c r="N126" t="s">
+        <v>659</v>
+      </c>
+      <c r="O126" t="s">
+        <v>660</v>
+      </c>
+      <c r="P126" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>662</v>
+      </c>
+      <c r="B127" t="s">
+        <v>663</v>
+      </c>
+      <c r="C127" t="s">
+        <v>290</v>
+      </c>
+      <c r="D127" t="s">
+        <v>664</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>291</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2022</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>625</v>
+      </c>
+      <c r="K127" t="s">
+        <v>657</v>
+      </c>
+      <c r="L127" t="s">
+        <v>665</v>
+      </c>
+      <c r="M127" t="s">
+        <v>627</v>
+      </c>
+      <c r="N127" t="s">
+        <v>659</v>
+      </c>
+      <c r="O127" t="s">
+        <v>666</v>
+      </c>
+      <c r="P127" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>668</v>
+      </c>
+      <c r="B128" t="s">
+        <v>669</v>
+      </c>
+      <c r="C128" t="s">
+        <v>290</v>
+      </c>
+      <c r="D128" t="s">
+        <v>240</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>291</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2022</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>625</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>670</v>
+      </c>
+      <c r="M128" t="s">
+        <v>627</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>671</v>
+      </c>
+      <c r="P128" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>673</v>
+      </c>
+      <c r="B129" t="s">
+        <v>674</v>
+      </c>
+      <c r="C129" t="s">
+        <v>290</v>
+      </c>
+      <c r="D129" t="s">
+        <v>675</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>291</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2022</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>625</v>
+      </c>
+      <c r="K129" t="s">
+        <v>593</v>
+      </c>
+      <c r="L129" t="s">
+        <v>676</v>
+      </c>
+      <c r="M129" t="s">
+        <v>627</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>677</v>
+      </c>
+      <c r="P129" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>679</v>
+      </c>
+      <c r="B130" t="s">
+        <v>680</v>
+      </c>
+      <c r="C130" t="s">
+        <v>290</v>
+      </c>
+      <c r="D130" t="s">
+        <v>681</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>291</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2022</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>625</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>682</v>
+      </c>
+      <c r="M130" t="s">
+        <v>627</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>683</v>
+      </c>
+      <c r="P130" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>685</v>
+      </c>
+      <c r="B131" t="s">
+        <v>686</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>19</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
         <v>21</v>
       </c>
-      <c r="K112" t="s">
-[...25 lines deleted...]
-      <c r="E113" t="s">
+      <c r="G131" t="s">
         <v>33</v>
-      </c>
-[...754 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H131">
         <v>2012</v>
       </c>
-      <c r="I131" t="s">
-        <v>20</v>
+      <c r="I131">
+        <v>2012</v>
       </c>
       <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>687</v>
+      </c>
+      <c r="M131" t="s">
+        <v>111</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>688</v>
+      </c>
+      <c r="P131" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>689</v>
+      </c>
+      <c r="B132" t="s">
+        <v>690</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>691</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
         <v>21</v>
       </c>
-      <c r="K131" t="s">
-[...25 lines deleted...]
-      <c r="E132" t="s">
+      <c r="G132" t="s">
+        <v>33</v>
+      </c>
+      <c r="H132">
+        <v>1981</v>
+      </c>
+      <c r="I132">
+        <v>2002</v>
+      </c>
+      <c r="J132" t="s">
+        <v>23</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>111</v>
+      </c>
+      <c r="N132" t="s">
+        <v>128</v>
+      </c>
+      <c r="O132" t="s">
+        <v>692</v>
+      </c>
+      <c r="P132" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>693</v>
+      </c>
+      <c r="B133" t="s">
+        <v>694</v>
+      </c>
+      <c r="C133" t="s">
         <v>18</v>
       </c>
-      <c r="F132" t="s">
-[...5 lines deleted...]
-      <c r="H132">
+      <c r="D133" t="s">
+        <v>165</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2011</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>166</v>
+      </c>
+      <c r="M133" t="s">
+        <v>26</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>695</v>
+      </c>
+      <c r="P133" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>696</v>
+      </c>
+      <c r="B134" t="s">
+        <v>697</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>698</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2003</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>23</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>699</v>
+      </c>
+      <c r="M134" t="s">
+        <v>111</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>700</v>
+      </c>
+      <c r="P134" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>701</v>
+      </c>
+      <c r="B135"/>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>702</v>
+      </c>
+      <c r="E135" t="s">
+        <v>703</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2021</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>139</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>26</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>704</v>
+      </c>
+      <c r="P135" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>706</v>
+      </c>
+      <c r="B136" t="s">
+        <v>707</v>
+      </c>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>698</v>
+      </c>
+      <c r="E136" t="s">
+        <v>703</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>33</v>
+      </c>
+      <c r="H136">
+        <v>2003</v>
+      </c>
+      <c r="I136">
+        <v>2005</v>
+      </c>
+      <c r="J136" t="s">
+        <v>139</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>26</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>708</v>
+      </c>
+      <c r="P136" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>709</v>
+      </c>
+      <c r="B137" t="s">
+        <v>710</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>399</v>
+      </c>
+      <c r="E137" t="s">
+        <v>703</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2003</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>139</v>
+      </c>
+      <c r="K137" t="s">
+        <v>711</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>26</v>
+      </c>
+      <c r="N137" t="s">
+        <v>128</v>
+      </c>
+      <c r="O137" t="s">
+        <v>712</v>
+      </c>
+      <c r="P137" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>713</v>
+      </c>
+      <c r="B138" t="s">
+        <v>714</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>715</v>
+      </c>
+      <c r="E138" t="s">
+        <v>703</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2018</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>139</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>26</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>716</v>
+      </c>
+      <c r="P138" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>717</v>
+      </c>
+      <c r="B139" t="s">
+        <v>718</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>715</v>
+      </c>
+      <c r="E139" t="s">
+        <v>703</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2016</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>139</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>26</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>719</v>
+      </c>
+      <c r="P139" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>720</v>
+      </c>
+      <c r="B140"/>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>19</v>
+      </c>
+      <c r="E140" t="s">
+        <v>703</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2010</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>139</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>26</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>721</v>
+      </c>
+      <c r="P140" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>722</v>
+      </c>
+      <c r="B141"/>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>165</v>
+      </c>
+      <c r="E141" t="s">
+        <v>703</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>33</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141">
+        <v>2018</v>
+      </c>
+      <c r="J141" t="s">
+        <v>139</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>723</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>724</v>
+      </c>
+      <c r="P141" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>725</v>
+      </c>
+      <c r="B142"/>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>726</v>
+      </c>
+      <c r="E142" t="s">
+        <v>703</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2011</v>
+      </c>
+      <c r="I142">
+        <v>2016</v>
+      </c>
+      <c r="J142" t="s">
+        <v>139</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>26</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>727</v>
+      </c>
+      <c r="P142" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>728</v>
+      </c>
+      <c r="B143"/>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>450</v>
+      </c>
+      <c r="E143" t="s">
+        <v>703</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2015</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>139</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>26</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>729</v>
+      </c>
+      <c r="P143" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>730</v>
+      </c>
+      <c r="B144"/>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>32</v>
+      </c>
+      <c r="E144" t="s">
+        <v>703</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2015</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>139</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>26</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>731</v>
+      </c>
+      <c r="P144" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>732</v>
+      </c>
+      <c r="B145" t="s">
+        <v>733</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>734</v>
+      </c>
+      <c r="E145" t="s">
+        <v>703</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>33</v>
+      </c>
+      <c r="H145">
+        <v>2001</v>
+      </c>
+      <c r="I145">
+        <v>2018</v>
+      </c>
+      <c r="J145" t="s">
+        <v>139</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>26</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>735</v>
+      </c>
+      <c r="P145" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>736</v>
+      </c>
+      <c r="B146"/>
+      <c r="C146" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" t="s">
+        <v>229</v>
+      </c>
+      <c r="E146" t="s">
+        <v>703</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2009</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>139</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>26</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>737</v>
+      </c>
+      <c r="P146" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>738</v>
+      </c>
+      <c r="B147"/>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>19</v>
+      </c>
+      <c r="E147" t="s">
+        <v>703</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2012</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>139</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>26</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>739</v>
+      </c>
+      <c r="P147" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>740</v>
+      </c>
+      <c r="B148"/>
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
+        <v>734</v>
+      </c>
+      <c r="E148" t="s">
+        <v>703</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2014</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>139</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>26</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>741</v>
+      </c>
+      <c r="P148" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>742</v>
+      </c>
+      <c r="B149" t="s">
+        <v>743</v>
+      </c>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
+        <v>691</v>
+      </c>
+      <c r="E149" t="s">
+        <v>703</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
         <v>2002</v>
       </c>
-      <c r="I132" t="s">
-[...2 lines deleted...]
-      <c r="J132" t="s">
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>139</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>26</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>744</v>
+      </c>
+      <c r="P149"/>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>745</v>
+      </c>
+      <c r="B150" t="s">
+        <v>746</v>
+      </c>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
+        <v>747</v>
+      </c>
+      <c r="E150" t="s">
+        <v>703</v>
+      </c>
+      <c r="F150" t="s">
         <v>21</v>
       </c>
-      <c r="K132"/>
-[...23 lines deleted...]
-      <c r="E133" t="s">
+      <c r="G150" t="s">
+        <v>33</v>
+      </c>
+      <c r="H150">
+        <v>2002</v>
+      </c>
+      <c r="I150">
+        <v>2016</v>
+      </c>
+      <c r="J150" t="s">
+        <v>139</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>26</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>748</v>
+      </c>
+      <c r="P150" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>749</v>
+      </c>
+      <c r="B151" t="s">
+        <v>750</v>
+      </c>
+      <c r="C151" t="s">
         <v>18</v>
       </c>
-      <c r="F133" t="s">
+      <c r="D151" t="s">
+        <v>51</v>
+      </c>
+      <c r="E151" t="s">
+        <v>703</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>33</v>
+      </c>
+      <c r="H151">
+        <v>2000</v>
+      </c>
+      <c r="I151">
+        <v>2018</v>
+      </c>
+      <c r="J151" t="s">
+        <v>139</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>26</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>751</v>
+      </c>
+      <c r="P151" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>752</v>
+      </c>
+      <c r="B152"/>
+      <c r="C152" t="s">
+        <v>18</v>
+      </c>
+      <c r="D152" t="s">
+        <v>177</v>
+      </c>
+      <c r="E152" t="s">
+        <v>703</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2020</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>139</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>26</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>753</v>
+      </c>
+      <c r="P152" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>754</v>
+      </c>
+      <c r="B153"/>
+      <c r="C153" t="s">
+        <v>18</v>
+      </c>
+      <c r="D153" t="s">
+        <v>755</v>
+      </c>
+      <c r="E153" t="s">
+        <v>703</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2010</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>139</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>26</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>756</v>
+      </c>
+      <c r="P153" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>757</v>
+      </c>
+      <c r="B154"/>
+      <c r="C154" t="s">
+        <v>18</v>
+      </c>
+      <c r="D154" t="s">
+        <v>715</v>
+      </c>
+      <c r="E154" t="s">
+        <v>703</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2018</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>139</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>26</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>758</v>
+      </c>
+      <c r="P154" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>759</v>
+      </c>
+      <c r="B155" t="s">
+        <v>760</v>
+      </c>
+      <c r="C155" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155" t="s">
+        <v>761</v>
+      </c>
+      <c r="E155" t="s">
+        <v>703</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2020</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>139</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>26</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>762</v>
+      </c>
+      <c r="P155" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>763</v>
+      </c>
+      <c r="B156" t="s">
+        <v>764</v>
+      </c>
+      <c r="C156" t="s">
+        <v>18</v>
+      </c>
+      <c r="D156" t="s">
+        <v>104</v>
+      </c>
+      <c r="E156" t="s">
+        <v>703</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2002</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>139</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>26</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>765</v>
+      </c>
+      <c r="P156" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>766</v>
+      </c>
+      <c r="B157" t="s">
+        <v>767</v>
+      </c>
+      <c r="C157" t="s">
+        <v>290</v>
+      </c>
+      <c r="D157" t="s">
+        <v>592</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>768</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2018</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>292</v>
+      </c>
+      <c r="K157" t="s">
+        <v>593</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>627</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>769</v>
+      </c>
+      <c r="P157" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>771</v>
+      </c>
+      <c r="B158" t="s">
+        <v>772</v>
+      </c>
+      <c r="C158" t="s">
+        <v>290</v>
+      </c>
+      <c r="D158" t="s">
+        <v>773</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>768</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2009</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>625</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>627</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>774</v>
+      </c>
+      <c r="P158" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>776</v>
+      </c>
+      <c r="B159" t="s">
+        <v>777</v>
+      </c>
+      <c r="C159" t="s">
+        <v>290</v>
+      </c>
+      <c r="D159" t="s">
+        <v>395</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>768</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2015</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>625</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>627</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>778</v>
+      </c>
+      <c r="P159" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>780</v>
+      </c>
+      <c r="B160" t="s">
+        <v>781</v>
+      </c>
+      <c r="C160" t="s">
+        <v>290</v>
+      </c>
+      <c r="D160" t="s">
+        <v>782</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>768</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2009</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>625</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>627</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>783</v>
+      </c>
+      <c r="P160" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>785</v>
+      </c>
+      <c r="B161" t="s">
+        <v>786</v>
+      </c>
+      <c r="C161" t="s">
+        <v>290</v>
+      </c>
+      <c r="D161" t="s">
+        <v>177</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>768</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2009</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>292</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>627</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>787</v>
+      </c>
+      <c r="P161" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>789</v>
+      </c>
+      <c r="B162" t="s">
+        <v>790</v>
+      </c>
+      <c r="C162" t="s">
+        <v>290</v>
+      </c>
+      <c r="D162" t="s">
+        <v>791</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>768</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2015</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>625</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>792</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>793</v>
+      </c>
+      <c r="P162" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>795</v>
+      </c>
+      <c r="B163" t="s">
+        <v>796</v>
+      </c>
+      <c r="C163" t="s">
+        <v>290</v>
+      </c>
+      <c r="D163" t="s">
         <v>19</v>
       </c>
-      <c r="G133">
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2015</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>625</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>627</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>797</v>
+      </c>
+      <c r="P163" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>799</v>
+      </c>
+      <c r="B164" t="s">
+        <v>800</v>
+      </c>
+      <c r="C164" t="s">
+        <v>290</v>
+      </c>
+      <c r="D164" t="s">
+        <v>791</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>768</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2015</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>625</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>627</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>801</v>
+      </c>
+      <c r="P164" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>803</v>
+      </c>
+      <c r="B165" t="s">
+        <v>804</v>
+      </c>
+      <c r="C165" t="s">
+        <v>290</v>
+      </c>
+      <c r="D165" t="s">
+        <v>805</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>768</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2015</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>625</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>627</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>806</v>
+      </c>
+      <c r="P165" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>808</v>
+      </c>
+      <c r="B166" t="s">
+        <v>809</v>
+      </c>
+      <c r="C166" t="s">
+        <v>290</v>
+      </c>
+      <c r="D166" t="s">
+        <v>810</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>768</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2009</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>625</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>627</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>811</v>
+      </c>
+      <c r="P166" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>813</v>
+      </c>
+      <c r="B167" t="s">
+        <v>814</v>
+      </c>
+      <c r="C167" t="s">
+        <v>290</v>
+      </c>
+      <c r="D167" t="s">
+        <v>791</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>768</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2015</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>625</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>627</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>815</v>
+      </c>
+      <c r="P167" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>817</v>
+      </c>
+      <c r="B168" t="s">
+        <v>818</v>
+      </c>
+      <c r="C168" t="s">
+        <v>290</v>
+      </c>
+      <c r="D168" t="s">
+        <v>819</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>768</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2015</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>625</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>627</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>820</v>
+      </c>
+      <c r="P168" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>822</v>
+      </c>
+      <c r="B169" t="s">
+        <v>823</v>
+      </c>
+      <c r="C169" t="s">
+        <v>290</v>
+      </c>
+      <c r="D169" t="s">
+        <v>824</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>768</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2015</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>625</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>627</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>825</v>
+      </c>
+      <c r="P169" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>827</v>
+      </c>
+      <c r="B170" t="s">
+        <v>828</v>
+      </c>
+      <c r="C170" t="s">
+        <v>290</v>
+      </c>
+      <c r="D170" t="s">
+        <v>829</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>768</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2015</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>625</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>627</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>830</v>
+      </c>
+      <c r="P170" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>832</v>
+      </c>
+      <c r="B171" t="s">
+        <v>833</v>
+      </c>
+      <c r="C171" t="s">
+        <v>290</v>
+      </c>
+      <c r="D171" t="s">
+        <v>747</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>768</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2015</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>625</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>627</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>834</v>
+      </c>
+      <c r="P171" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>836</v>
+      </c>
+      <c r="B172" t="s">
+        <v>837</v>
+      </c>
+      <c r="C172" t="s">
+        <v>290</v>
+      </c>
+      <c r="D172" t="s">
+        <v>681</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>768</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2015</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>625</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>627</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>838</v>
+      </c>
+      <c r="P172" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>840</v>
+      </c>
+      <c r="B173" t="s">
+        <v>841</v>
+      </c>
+      <c r="C173" t="s">
+        <v>290</v>
+      </c>
+      <c r="D173" t="s">
+        <v>842</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>768</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2015</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>625</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>627</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>843</v>
+      </c>
+      <c r="P173" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>845</v>
+      </c>
+      <c r="B174" t="s">
+        <v>846</v>
+      </c>
+      <c r="C174" t="s">
+        <v>290</v>
+      </c>
+      <c r="D174" t="s">
+        <v>847</v>
+      </c>
+      <c r="E174" t="s">
+        <v>848</v>
+      </c>
+      <c r="F174" t="s">
+        <v>768</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2021</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>625</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>627</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>849</v>
+      </c>
+      <c r="P174" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>845</v>
+      </c>
+      <c r="B175" t="s">
+        <v>851</v>
+      </c>
+      <c r="C175" t="s">
+        <v>290</v>
+      </c>
+      <c r="D175" t="s">
+        <v>847</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>768</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2021</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>625</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>627</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>852</v>
+      </c>
+      <c r="P175" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>853</v>
+      </c>
+      <c r="B176" t="s">
+        <v>854</v>
+      </c>
+      <c r="C176" t="s">
+        <v>290</v>
+      </c>
+      <c r="D176" t="s">
+        <v>63</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>768</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2021</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>292</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>627</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>855</v>
+      </c>
+      <c r="P176" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>857</v>
+      </c>
+      <c r="B177" t="s">
+        <v>858</v>
+      </c>
+      <c r="C177" t="s">
+        <v>290</v>
+      </c>
+      <c r="D177" t="s">
+        <v>859</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>768</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2021</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>625</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>627</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>860</v>
+      </c>
+      <c r="P177" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>862</v>
+      </c>
+      <c r="B178" t="s">
+        <v>863</v>
+      </c>
+      <c r="C178" t="s">
+        <v>290</v>
+      </c>
+      <c r="D178" t="s">
+        <v>399</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>768</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2009</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>292</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>627</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>864</v>
+      </c>
+      <c r="P178" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>866</v>
+      </c>
+      <c r="B179" t="s">
+        <v>867</v>
+      </c>
+      <c r="C179" t="s">
+        <v>290</v>
+      </c>
+      <c r="D179" t="s">
+        <v>868</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>768</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2021</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>625</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>627</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>869</v>
+      </c>
+      <c r="P179" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>871</v>
+      </c>
+      <c r="B180" t="s">
+        <v>872</v>
+      </c>
+      <c r="C180" t="s">
+        <v>290</v>
+      </c>
+      <c r="D180" t="s">
+        <v>51</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>768</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2009</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>625</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>627</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>873</v>
+      </c>
+      <c r="P180" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>875</v>
+      </c>
+      <c r="B181" t="s">
+        <v>876</v>
+      </c>
+      <c r="C181" t="s">
+        <v>290</v>
+      </c>
+      <c r="D181" t="s">
+        <v>104</v>
+      </c>
+      <c r="E181" t="s">
+        <v>703</v>
+      </c>
+      <c r="F181" t="s">
+        <v>768</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2009</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>292</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>627</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>877</v>
+      </c>
+      <c r="P181" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>879</v>
+      </c>
+      <c r="B182" t="s">
+        <v>880</v>
+      </c>
+      <c r="C182" t="s">
+        <v>290</v>
+      </c>
+      <c r="D182" t="s">
+        <v>881</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>768</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2015</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>625</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>627</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>882</v>
+      </c>
+      <c r="P182" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>884</v>
+      </c>
+      <c r="B183" t="s">
+        <v>885</v>
+      </c>
+      <c r="C183" t="s">
+        <v>290</v>
+      </c>
+      <c r="D183" t="s">
+        <v>886</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>768</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2015</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>625</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>627</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>887</v>
+      </c>
+      <c r="P183" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>889</v>
+      </c>
+      <c r="B184" t="s">
+        <v>890</v>
+      </c>
+      <c r="C184" t="s">
+        <v>290</v>
+      </c>
+      <c r="D184" t="s">
+        <v>842</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>768</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2015</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>625</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>627</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>891</v>
+      </c>
+      <c r="P184" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>893</v>
+      </c>
+      <c r="B185" t="s">
+        <v>894</v>
+      </c>
+      <c r="C185" t="s">
+        <v>290</v>
+      </c>
+      <c r="D185" t="s">
+        <v>240</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>768</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2015</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>292</v>
+      </c>
+      <c r="K185" t="s">
+        <v>657</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>627</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>895</v>
+      </c>
+      <c r="P185" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>897</v>
+      </c>
+      <c r="B186" t="s">
+        <v>898</v>
+      </c>
+      <c r="C186" t="s">
+        <v>290</v>
+      </c>
+      <c r="D186" t="s">
+        <v>899</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>768</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2015</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>625</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>627</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>900</v>
+      </c>
+      <c r="P186" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>902</v>
+      </c>
+      <c r="B187" t="s">
+        <v>903</v>
+      </c>
+      <c r="C187" t="s">
+        <v>290</v>
+      </c>
+      <c r="D187" t="s">
+        <v>904</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2015</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>625</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>627</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>905</v>
+      </c>
+      <c r="P187" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>907</v>
+      </c>
+      <c r="B188" t="s">
+        <v>908</v>
+      </c>
+      <c r="C188" t="s">
+        <v>290</v>
+      </c>
+      <c r="D188" t="s">
+        <v>824</v>
+      </c>
+      <c r="E188" t="s">
+        <v>848</v>
+      </c>
+      <c r="F188" t="s">
+        <v>768</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2015</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>625</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>627</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>909</v>
+      </c>
+      <c r="P188" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>911</v>
+      </c>
+      <c r="B189" t="s">
+        <v>912</v>
+      </c>
+      <c r="C189" t="s">
+        <v>290</v>
+      </c>
+      <c r="D189" t="s">
+        <v>824</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>768</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2015</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>625</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>627</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>913</v>
+      </c>
+      <c r="P189" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>915</v>
+      </c>
+      <c r="B190" t="s">
+        <v>916</v>
+      </c>
+      <c r="C190" t="s">
+        <v>18</v>
+      </c>
+      <c r="D190" t="s">
+        <v>104</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>33</v>
+      </c>
+      <c r="H190">
+        <v>1991</v>
+      </c>
+      <c r="I190">
+        <v>2009</v>
+      </c>
+      <c r="J190" t="s">
+        <v>23</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>917</v>
+      </c>
+      <c r="M190" t="s">
+        <v>26</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>918</v>
+      </c>
+      <c r="P190" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>919</v>
+      </c>
+      <c r="B191" t="s">
+        <v>920</v>
+      </c>
+      <c r="C191" t="s">
+        <v>18</v>
+      </c>
+      <c r="D191" t="s">
+        <v>104</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>33</v>
+      </c>
+      <c r="H191">
+        <v>1991</v>
+      </c>
+      <c r="I191">
+        <v>2002</v>
+      </c>
+      <c r="J191" t="s">
+        <v>23</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>105</v>
+      </c>
+      <c r="M191" t="s">
+        <v>26</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>921</v>
+      </c>
+      <c r="P191" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>922</v>
+      </c>
+      <c r="B192" t="s">
+        <v>923</v>
+      </c>
+      <c r="C192" t="s">
+        <v>18</v>
+      </c>
+      <c r="D192" t="s">
+        <v>104</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>33</v>
+      </c>
+      <c r="H192">
+        <v>1991</v>
+      </c>
+      <c r="I192">
+        <v>2016</v>
+      </c>
+      <c r="J192" t="s">
+        <v>23</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>924</v>
+      </c>
+      <c r="M192" t="s">
+        <v>111</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>925</v>
+      </c>
+      <c r="P192" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>926</v>
+      </c>
+      <c r="B193" t="s">
+        <v>927</v>
+      </c>
+      <c r="C193" t="s">
+        <v>18</v>
+      </c>
+      <c r="D193" t="s">
+        <v>51</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>33</v>
+      </c>
+      <c r="H193">
+        <v>1996</v>
+      </c>
+      <c r="I193">
         <v>2011</v>
       </c>
-      <c r="H133"/>
-[...3 lines deleted...]
-      <c r="J133" t="s">
+      <c r="J193" t="s">
+        <v>23</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>52</v>
+      </c>
+      <c r="M193" t="s">
+        <v>26</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>928</v>
+      </c>
+      <c r="P193" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>929</v>
+      </c>
+      <c r="B194" t="s">
+        <v>51</v>
+      </c>
+      <c r="C194" t="s">
+        <v>18</v>
+      </c>
+      <c r="D194" t="s">
+        <v>930</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
         <v>21</v>
       </c>
-      <c r="K133" t="s">
-[...2462 lines deleted...]
-        <v>2011</v>
+      <c r="G194" t="s">
+        <v>33</v>
       </c>
       <c r="H194">
         <v>2011</v>
       </c>
-      <c r="I194" t="s">
-        <v>20</v>
+      <c r="I194">
+        <v>2011</v>
       </c>
       <c r="J194" t="s">
+        <v>23</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>52</v>
+      </c>
+      <c r="M194" t="s">
+        <v>26</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>931</v>
+      </c>
+      <c r="P194" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>929</v>
+      </c>
+      <c r="B195" t="s">
+        <v>51</v>
+      </c>
+      <c r="C195" t="s">
+        <v>18</v>
+      </c>
+      <c r="D195" t="s">
+        <v>51</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
         <v>21</v>
       </c>
-      <c r="K194" t="s">
-[...2 lines deleted...]
-      <c r="L194" t="s">
+      <c r="G195" t="s">
+        <v>33</v>
+      </c>
+      <c r="H195">
+        <v>1996</v>
+      </c>
+      <c r="I195">
+        <v>2011</v>
+      </c>
+      <c r="J195" t="s">
         <v>23</v>
       </c>
-      <c r="M194" t="s">
-[...19 lines deleted...]
-      <c r="E195" t="s">
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>52</v>
+      </c>
+      <c r="M195" t="s">
+        <v>26</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>932</v>
+      </c>
+      <c r="P195" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>933</v>
+      </c>
+      <c r="B196" t="s">
+        <v>934</v>
+      </c>
+      <c r="C196" t="s">
         <v>18</v>
       </c>
-      <c r="F195" t="s">
-[...17 lines deleted...]
-      <c r="L195" t="s">
+      <c r="D196" t="s">
+        <v>63</v>
+      </c>
+      <c r="E196" t="s">
+        <v>703</v>
+      </c>
+      <c r="F196" t="s">
+        <v>291</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2016</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
         <v>23</v>
       </c>
-      <c r="M195" t="s">
-[...25 lines deleted...]
-      <c r="G196">
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>26</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>935</v>
+      </c>
+      <c r="P196" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>937</v>
+      </c>
+      <c r="B197" t="s">
+        <v>938</v>
+      </c>
+      <c r="C197" t="s">
+        <v>18</v>
+      </c>
+      <c r="D197" t="s">
+        <v>63</v>
+      </c>
+      <c r="E197" t="s">
+        <v>703</v>
+      </c>
+      <c r="F197" t="s">
+        <v>291</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
         <v>2016</v>
       </c>
-      <c r="H196"/>
-[...7 lines deleted...]
-      <c r="L196" t="s">
+      <c r="I197"/>
+      <c r="J197" t="s">
         <v>23</v>
       </c>
-      <c r="M196" t="s">
-[...36 lines deleted...]
-      <c r="L197" t="s">
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>26</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>939</v>
+      </c>
+      <c r="P197" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>941</v>
+      </c>
+      <c r="B198" t="s">
+        <v>942</v>
+      </c>
+      <c r="C198" t="s">
+        <v>18</v>
+      </c>
+      <c r="D198" t="s">
+        <v>747</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>291</v>
+      </c>
+      <c r="G198" t="s">
+        <v>33</v>
+      </c>
+      <c r="H198">
+        <v>2012</v>
+      </c>
+      <c r="I198">
+        <v>2015</v>
+      </c>
+      <c r="J198" t="s">
         <v>23</v>
       </c>
-      <c r="M197" t="s">
-[...28 lines deleted...]
-      <c r="H198">
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>26</v>
+      </c>
+      <c r="N198" t="s">
+        <v>128</v>
+      </c>
+      <c r="O198" t="s">
+        <v>943</v>
+      </c>
+      <c r="P198" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>945</v>
+      </c>
+      <c r="B199" t="s">
+        <v>946</v>
+      </c>
+      <c r="C199" t="s">
+        <v>18</v>
+      </c>
+      <c r="D199" t="s">
+        <v>32</v>
+      </c>
+      <c r="E199" t="s">
+        <v>703</v>
+      </c>
+      <c r="F199" t="s">
+        <v>947</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
         <v>2015</v>
       </c>
-      <c r="I198" t="s">
-[...6 lines deleted...]
-      <c r="L198" t="s">
+      <c r="I199"/>
+      <c r="J199" t="s">
         <v>23</v>
       </c>
-      <c r="M198" t="s">
-[...36 lines deleted...]
-      <c r="L199" t="s">
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>26</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>948</v>
+      </c>
+      <c r="P199" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>949</v>
+      </c>
+      <c r="B200" t="s">
+        <v>950</v>
+      </c>
+      <c r="C200" t="s">
+        <v>18</v>
+      </c>
+      <c r="D200" t="s">
+        <v>63</v>
+      </c>
+      <c r="E200" t="s">
+        <v>703</v>
+      </c>
+      <c r="F200" t="s">
+        <v>947</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2018</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
         <v>23</v>
       </c>
-      <c r="M199" t="s">
-[...25 lines deleted...]
-      <c r="G200">
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>26</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>951</v>
+      </c>
+      <c r="P200" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>953</v>
+      </c>
+      <c r="B201" t="s">
+        <v>954</v>
+      </c>
+      <c r="C201" t="s">
+        <v>18</v>
+      </c>
+      <c r="D201" t="s">
+        <v>63</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>947</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
         <v>2018</v>
       </c>
-      <c r="H200"/>
-[...7 lines deleted...]
-      <c r="L200" t="s">
+      <c r="I201"/>
+      <c r="J201" t="s">
         <v>23</v>
       </c>
-      <c r="M200" t="s">
-[...25 lines deleted...]
-      <c r="G201">
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>26</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>955</v>
+      </c>
+      <c r="P201" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>957</v>
+      </c>
+      <c r="B202" t="s">
+        <v>958</v>
+      </c>
+      <c r="C202" t="s">
+        <v>18</v>
+      </c>
+      <c r="D202" t="s">
+        <v>51</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>291</v>
+      </c>
+      <c r="G202" t="s">
+        <v>33</v>
+      </c>
+      <c r="H202">
+        <v>2010</v>
+      </c>
+      <c r="I202">
         <v>2018</v>
       </c>
-      <c r="H201"/>
-[...7 lines deleted...]
-      <c r="L201" t="s">
+      <c r="J202" t="s">
         <v>23</v>
       </c>
-      <c r="M201" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
       <c r="M202" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N202" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>959</v>
+      </c>
+      <c r="P202" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>616</v>
+        <v>961</v>
       </c>
       <c r="B203" t="s">
-        <v>15</v>
+        <v>962</v>
       </c>
       <c r="C203" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D203" t="s">
-        <v>17</v>
+        <v>165</v>
       </c>
       <c r="E203" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="F203" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>291</v>
+      </c>
+      <c r="G203" t="s">
+        <v>33</v>
       </c>
       <c r="H203">
         <v>2011</v>
       </c>
-      <c r="I203" t="s">
-        <v>20</v>
+      <c r="I203">
+        <v>2011</v>
       </c>
       <c r="J203" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K203" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="L203" t="s">
+        <v>166</v>
+      </c>
+      <c r="M203" t="s">
+        <v>26</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>963</v>
+      </c>
+      <c r="P203" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>965</v>
+      </c>
+      <c r="B204" t="s">
+        <v>966</v>
+      </c>
+      <c r="C204" t="s">
+        <v>18</v>
+      </c>
+      <c r="D204" t="s">
+        <v>193</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>291</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2013</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
         <v>23</v>
       </c>
-      <c r="M203" t="s">
-[...19 lines deleted...]
-      <c r="E204" t="s">
+      <c r="K204" t="s">
         <v>194</v>
       </c>
-      <c r="F204" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="L204"/>
       <c r="M204" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N204" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>967</v>
+      </c>
+      <c r="P204" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>620</v>
+        <v>969</v>
       </c>
       <c r="B205" t="s">
-        <v>15</v>
+        <v>970</v>
       </c>
       <c r="C205" t="s">
-        <v>621</v>
+        <v>18</v>
       </c>
       <c r="D205" t="s">
-        <v>17</v>
+        <v>971</v>
       </c>
       <c r="E205" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="F205" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G205">
+        <v>291</v>
+      </c>
+      <c r="G205" t="s">
+        <v>33</v>
+      </c>
+      <c r="H205">
         <v>2010</v>
       </c>
-      <c r="H205">
+      <c r="I205">
         <v>2016</v>
       </c>
-      <c r="I205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J205" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>972</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205"/>
       <c r="M205" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N205" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>973</v>
+      </c>
+      <c r="P205" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>624</v>
+        <v>975</v>
       </c>
       <c r="B206" t="s">
-        <v>15</v>
+        <v>976</v>
       </c>
       <c r="C206" t="s">
-        <v>336</v>
+        <v>18</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>520</v>
       </c>
       <c r="E206" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="F206" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>291</v>
+      </c>
+      <c r="G206" t="s">
+        <v>33</v>
       </c>
       <c r="H206">
         <v>2010</v>
       </c>
-      <c r="I206" t="s">
-        <v>20</v>
+      <c r="I206">
+        <v>2010</v>
       </c>
       <c r="J206" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K206" t="s">
-        <v>625</v>
+        <v>24</v>
       </c>
       <c r="L206" t="s">
-        <v>23</v>
+        <v>977</v>
       </c>
       <c r="M206" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N206" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>978</v>
+      </c>
+      <c r="P206" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>627</v>
+        <v>980</v>
       </c>
       <c r="B207" t="s">
-        <v>15</v>
+        <v>981</v>
       </c>
       <c r="C207" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="D207" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E207" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>291</v>
+      </c>
+      <c r="G207" t="s">
+        <v>33</v>
       </c>
       <c r="H207">
         <v>2010</v>
       </c>
-      <c r="I207" t="s">
-        <v>20</v>
+      <c r="I207">
+        <v>2010</v>
       </c>
       <c r="J207" t="s">
+        <v>23</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>924</v>
+      </c>
+      <c r="M207" t="s">
+        <v>26</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>982</v>
+      </c>
+      <c r="P207" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>984</v>
+      </c>
+      <c r="B208" t="s">
+        <v>985</v>
+      </c>
+      <c r="C208" t="s">
+        <v>18</v>
+      </c>
+      <c r="D208" t="s">
+        <v>19</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
         <v>21</v>
       </c>
-      <c r="K207" t="s">
+      <c r="G208" t="s">
+        <v>33</v>
+      </c>
+      <c r="H208">
+        <v>2010</v>
+      </c>
+      <c r="I208">
+        <v>2017</v>
+      </c>
+      <c r="J208" t="s">
+        <v>23</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>986</v>
+      </c>
+      <c r="M208" t="s">
+        <v>26</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>987</v>
+      </c>
+      <c r="P208" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>989</v>
+      </c>
+      <c r="B209" t="s">
+        <v>990</v>
+      </c>
+      <c r="C209" t="s">
+        <v>18</v>
+      </c>
+      <c r="D209" t="s">
+        <v>19</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2010</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>23</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>991</v>
+      </c>
+      <c r="M209" t="s">
+        <v>26</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>992</v>
+      </c>
+      <c r="P209" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>993</v>
+      </c>
+      <c r="B210" t="s">
+        <v>994</v>
+      </c>
+      <c r="C210" t="s">
+        <v>290</v>
+      </c>
+      <c r="D210" t="s">
+        <v>995</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>39</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>2014</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>625</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" t="s">
+        <v>996</v>
+      </c>
+      <c r="M210" t="s">
+        <v>408</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>997</v>
+      </c>
+      <c r="P210" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>999</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C211" t="s">
+        <v>290</v>
+      </c>
+      <c r="D211" t="s">
+        <v>592</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>39</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>1997</v>
+      </c>
+      <c r="I211">
+        <v>2011</v>
+      </c>
+      <c r="J211" t="s">
+        <v>292</v>
+      </c>
+      <c r="K211" t="s">
         <v>593</v>
       </c>
-      <c r="L207" t="s">
-[...31 lines deleted...]
-      <c r="H208">
+      <c r="L211" t="s">
+        <v>1001</v>
+      </c>
+      <c r="M211" t="s">
+        <v>408</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C212" t="s">
+        <v>290</v>
+      </c>
+      <c r="D212" t="s">
+        <v>45</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>39</v>
+      </c>
+      <c r="G212" t="s">
+        <v>33</v>
+      </c>
+      <c r="H212">
+        <v>2007</v>
+      </c>
+      <c r="I212">
+        <v>2012</v>
+      </c>
+      <c r="J212" t="s">
+        <v>292</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M212" t="s">
+        <v>408</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C213" t="s">
+        <v>290</v>
+      </c>
+      <c r="D213" t="s">
+        <v>256</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>39</v>
+      </c>
+      <c r="G213" t="s">
+        <v>33</v>
+      </c>
+      <c r="H213">
+        <v>1997</v>
+      </c>
+      <c r="I213">
+        <v>2015</v>
+      </c>
+      <c r="J213" t="s">
+        <v>406</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M213" t="s">
+        <v>408</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C214" t="s">
+        <v>290</v>
+      </c>
+      <c r="D214" t="s">
+        <v>607</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>39</v>
+      </c>
+      <c r="G214" t="s">
+        <v>33</v>
+      </c>
+      <c r="H214">
+        <v>2013</v>
+      </c>
+      <c r="I214">
+        <v>2018</v>
+      </c>
+      <c r="J214" t="s">
+        <v>292</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M214" t="s">
+        <v>408</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C215" t="s">
+        <v>290</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>39</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2013</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>406</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M215" t="s">
+        <v>408</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C216" t="s">
+        <v>290</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>39</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2012</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>292</v>
+      </c>
+      <c r="K216" t="s">
+        <v>593</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M216" t="s">
+        <v>408</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C217" t="s">
+        <v>290</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>39</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2011</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>292</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M217" t="s">
+        <v>408</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C218" t="s">
+        <v>290</v>
+      </c>
+      <c r="D218" t="s">
+        <v>644</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>39</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2013</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>406</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M218" t="s">
+        <v>408</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C219" t="s">
+        <v>290</v>
+      </c>
+      <c r="D219" t="s">
+        <v>310</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>39</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2013</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>292</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1044</v>
+      </c>
+      <c r="M219" t="s">
+        <v>408</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C220" t="s">
+        <v>290</v>
+      </c>
+      <c r="D220" t="s">
+        <v>177</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>39</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2012</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>292</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M220" t="s">
+        <v>408</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C221" t="s">
+        <v>290</v>
+      </c>
+      <c r="D221" t="s">
+        <v>810</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>39</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2012</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>625</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1054</v>
+      </c>
+      <c r="M221" t="s">
+        <v>408</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1055</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C222" t="s">
+        <v>290</v>
+      </c>
+      <c r="D222" t="s">
+        <v>205</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>39</v>
+      </c>
+      <c r="G222" t="s">
+        <v>33</v>
+      </c>
+      <c r="H222">
+        <v>2003</v>
+      </c>
+      <c r="I222">
+        <v>2012</v>
+      </c>
+      <c r="J222" t="s">
+        <v>292</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M222" t="s">
+        <v>408</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1060</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C223" t="s">
+        <v>290</v>
+      </c>
+      <c r="D223" t="s">
+        <v>715</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>39</v>
+      </c>
+      <c r="G223" t="s">
+        <v>33</v>
+      </c>
+      <c r="H223">
+        <v>2011</v>
+      </c>
+      <c r="I223">
         <v>2017</v>
       </c>
-      <c r="I208" t="s">
-[...2 lines deleted...]
-      <c r="J208" t="s">
+      <c r="J223" t="s">
+        <v>292</v>
+      </c>
+      <c r="K223" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M223" t="s">
+        <v>408</v>
+      </c>
+      <c r="N223" t="s">
+        <v>1066</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C224" t="s">
+        <v>290</v>
+      </c>
+      <c r="D224" t="s">
+        <v>395</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>39</v>
+      </c>
+      <c r="G224" t="s">
+        <v>33</v>
+      </c>
+      <c r="H224">
+        <v>2002</v>
+      </c>
+      <c r="I224">
+        <v>2015</v>
+      </c>
+      <c r="J224" t="s">
+        <v>292</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1071</v>
+      </c>
+      <c r="M224" t="s">
+        <v>408</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C225" t="s">
+        <v>290</v>
+      </c>
+      <c r="D225" t="s">
+        <v>81</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>39</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2013</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>521</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1076</v>
+      </c>
+      <c r="M225" t="s">
+        <v>408</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C226" t="s">
+        <v>290</v>
+      </c>
+      <c r="D226" t="s">
+        <v>87</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>39</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2012</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>292</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M226" t="s">
+        <v>408</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C227" t="s">
+        <v>290</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>39</v>
+      </c>
+      <c r="G227" t="s">
+        <v>33</v>
+      </c>
+      <c r="H227">
+        <v>2001</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>292</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M227" t="s">
+        <v>408</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C228" t="s">
+        <v>290</v>
+      </c>
+      <c r="D228" t="s">
+        <v>193</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>39</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2014</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>292</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M228" t="s">
+        <v>408</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C229" t="s">
+        <v>290</v>
+      </c>
+      <c r="D229" t="s">
+        <v>19</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>39</v>
+      </c>
+      <c r="G229" t="s">
+        <v>33</v>
+      </c>
+      <c r="H229">
+        <v>2013</v>
+      </c>
+      <c r="I229">
+        <v>2017</v>
+      </c>
+      <c r="J229" t="s">
+        <v>292</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1097</v>
+      </c>
+      <c r="M229" t="s">
+        <v>408</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1098</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C230" t="s">
+        <v>290</v>
+      </c>
+      <c r="D230" t="s">
+        <v>246</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>39</v>
+      </c>
+      <c r="G230" t="s">
+        <v>33</v>
+      </c>
+      <c r="H230">
+        <v>2011</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>292</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1102</v>
+      </c>
+      <c r="M230" t="s">
+        <v>408</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C231" t="s">
+        <v>290</v>
+      </c>
+      <c r="D231" t="s">
+        <v>747</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>39</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>1998</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>292</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M231" t="s">
+        <v>408</v>
+      </c>
+      <c r="N231" t="s">
+        <v>128</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1108</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C232" t="s">
+        <v>290</v>
+      </c>
+      <c r="D232" t="s">
+        <v>205</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>39</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>2018</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>292</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1112</v>
+      </c>
+      <c r="M232" t="s">
+        <v>408</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C233" t="s">
+        <v>290</v>
+      </c>
+      <c r="D233" t="s">
+        <v>205</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>39</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2018</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>292</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M233" t="s">
+        <v>408</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C234" t="s">
+        <v>290</v>
+      </c>
+      <c r="D234" t="s">
+        <v>326</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>39</v>
+      </c>
+      <c r="G234" t="s">
+        <v>33</v>
+      </c>
+      <c r="H234">
+        <v>2013</v>
+      </c>
+      <c r="I234">
+        <v>2021</v>
+      </c>
+      <c r="J234" t="s">
+        <v>292</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M234" t="s">
+        <v>408</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1123</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C235" t="s">
+        <v>290</v>
+      </c>
+      <c r="D235" t="s">
+        <v>51</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>39</v>
+      </c>
+      <c r="G235" t="s">
+        <v>33</v>
+      </c>
+      <c r="H235">
+        <v>2002</v>
+      </c>
+      <c r="I235">
+        <v>2021</v>
+      </c>
+      <c r="J235" t="s">
+        <v>292</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1127</v>
+      </c>
+      <c r="M235" t="s">
+        <v>408</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C236" t="s">
+        <v>290</v>
+      </c>
+      <c r="D236" t="s">
+        <v>104</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>39</v>
+      </c>
+      <c r="G236" t="s">
+        <v>33</v>
+      </c>
+      <c r="H236">
+        <v>2003</v>
+      </c>
+      <c r="I236">
+        <v>2021</v>
+      </c>
+      <c r="J236" t="s">
+        <v>292</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1132</v>
+      </c>
+      <c r="M236" t="s">
+        <v>408</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1133</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C237" t="s">
+        <v>290</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>39</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2012</v>
+      </c>
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>292</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M237" t="s">
+        <v>408</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C238" t="s">
+        <v>290</v>
+      </c>
+      <c r="D238" t="s">
+        <v>57</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>39</v>
+      </c>
+      <c r="G238" t="s">
+        <v>33</v>
+      </c>
+      <c r="H238">
+        <v>2004</v>
+      </c>
+      <c r="I238">
+        <v>2012</v>
+      </c>
+      <c r="J238" t="s">
+        <v>292</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M238" t="s">
+        <v>408</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1144</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C239" t="s">
+        <v>290</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>39</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2014</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>625</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M239" t="s">
+        <v>408</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C240" t="s">
+        <v>290</v>
+      </c>
+      <c r="D240" t="s">
+        <v>476</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>39</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2015</v>
+      </c>
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>292</v>
+      </c>
+      <c r="K240" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M240" t="s">
+        <v>408</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C241" t="s">
+        <v>290</v>
+      </c>
+      <c r="D241" t="s">
+        <v>495</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>39</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2012</v>
+      </c>
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>292</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M241" t="s">
+        <v>408</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C242" t="s">
+        <v>290</v>
+      </c>
+      <c r="D242" t="s">
+        <v>69</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>39</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2004</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>292</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M242" t="s">
+        <v>408</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C243" t="s">
+        <v>290</v>
+      </c>
+      <c r="D243" t="s">
+        <v>63</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>39</v>
+      </c>
+      <c r="G243" t="s">
+        <v>33</v>
+      </c>
+      <c r="H243">
+        <v>2015</v>
+      </c>
+      <c r="I243">
+        <v>2021</v>
+      </c>
+      <c r="J243" t="s">
+        <v>292</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M243" t="s">
+        <v>408</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C244" t="s">
+        <v>290</v>
+      </c>
+      <c r="D244" t="s">
+        <v>354</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>39</v>
+      </c>
+      <c r="G244" t="s">
+        <v>22</v>
+      </c>
+      <c r="H244">
+        <v>2014</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>292</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M244" t="s">
+        <v>408</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1175</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C245" t="s">
+        <v>290</v>
+      </c>
+      <c r="D245" t="s">
+        <v>19</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>291</v>
+      </c>
+      <c r="G245" t="s">
+        <v>33</v>
+      </c>
+      <c r="H245">
+        <v>2001</v>
+      </c>
+      <c r="I245">
+        <v>2019</v>
+      </c>
+      <c r="J245" t="s">
+        <v>292</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1179</v>
+      </c>
+      <c r="M245" t="s">
+        <v>294</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C246" t="s">
+        <v>290</v>
+      </c>
+      <c r="D246" t="s">
+        <v>104</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>291</v>
+      </c>
+      <c r="G246" t="s">
+        <v>33</v>
+      </c>
+      <c r="H246">
+        <v>1995</v>
+      </c>
+      <c r="I246">
+        <v>2019</v>
+      </c>
+      <c r="J246" t="s">
+        <v>299</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M246" t="s">
+        <v>294</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1185</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C247" t="s">
+        <v>290</v>
+      </c>
+      <c r="D247" t="s">
+        <v>450</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>291</v>
+      </c>
+      <c r="G247" t="s">
+        <v>33</v>
+      </c>
+      <c r="H247">
+        <v>2014</v>
+      </c>
+      <c r="I247">
+        <v>2019</v>
+      </c>
+      <c r="J247" t="s">
+        <v>299</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1189</v>
+      </c>
+      <c r="M247" t="s">
+        <v>294</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C248" t="s">
+        <v>290</v>
+      </c>
+      <c r="D248" t="s">
+        <v>193</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>291</v>
+      </c>
+      <c r="G248" t="s">
+        <v>33</v>
+      </c>
+      <c r="H248">
+        <v>2012</v>
+      </c>
+      <c r="I248">
+        <v>2019</v>
+      </c>
+      <c r="J248" t="s">
+        <v>972</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1194</v>
+      </c>
+      <c r="M248" t="s">
+        <v>294</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C249" t="s">
+        <v>290</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>291</v>
+      </c>
+      <c r="G249" t="s">
+        <v>33</v>
+      </c>
+      <c r="H249">
+        <v>2001</v>
+      </c>
+      <c r="I249">
+        <v>2019</v>
+      </c>
+      <c r="J249" t="s">
+        <v>299</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M249" t="s">
+        <v>294</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C250" t="s">
+        <v>290</v>
+      </c>
+      <c r="D250" t="s">
+        <v>51</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>291</v>
+      </c>
+      <c r="G250" t="s">
+        <v>33</v>
+      </c>
+      <c r="H250">
+        <v>1995</v>
+      </c>
+      <c r="I250">
+        <v>2019</v>
+      </c>
+      <c r="J250" t="s">
+        <v>299</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1204</v>
+      </c>
+      <c r="M250" t="s">
+        <v>294</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C251" t="s">
+        <v>290</v>
+      </c>
+      <c r="D251" t="s">
+        <v>332</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>291</v>
+      </c>
+      <c r="G251" t="s">
+        <v>33</v>
+      </c>
+      <c r="H251">
+        <v>2004</v>
+      </c>
+      <c r="I251">
+        <v>2019</v>
+      </c>
+      <c r="J251" t="s">
+        <v>299</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M251" t="s">
+        <v>294</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C252" t="s">
+        <v>290</v>
+      </c>
+      <c r="D252" t="s">
+        <v>177</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>291</v>
+      </c>
+      <c r="G252" t="s">
+        <v>33</v>
+      </c>
+      <c r="H252">
+        <v>2011</v>
+      </c>
+      <c r="I252">
+        <v>2019</v>
+      </c>
+      <c r="J252" t="s">
+        <v>299</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1214</v>
+      </c>
+      <c r="M252" t="s">
+        <v>294</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1215</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C253" t="s">
+        <v>290</v>
+      </c>
+      <c r="D253" t="s">
+        <v>847</v>
+      </c>
+      <c r="E253" t="s">
+        <v>703</v>
+      </c>
+      <c r="F253" t="s">
         <v>21</v>
       </c>
-      <c r="K208" t="s">
-[...13 lines deleted...]
-      <c r="A209" t="s">
+      <c r="G253" t="s">
+        <v>33</v>
+      </c>
+      <c r="H253">
+        <v>1997</v>
+      </c>
+      <c r="I253">
+        <v>2022</v>
+      </c>
+      <c r="J253" t="s">
+        <v>299</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253"/>
+      <c r="M253" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1220</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C254" t="s">
+        <v>290</v>
+      </c>
+      <c r="D254" t="s">
+        <v>104</v>
+      </c>
+      <c r="E254" t="s">
+        <v>703</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>33</v>
+      </c>
+      <c r="H254">
+        <v>2003</v>
+      </c>
+      <c r="I254">
+        <v>2013</v>
+      </c>
+      <c r="J254" t="s">
+        <v>292</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C255" t="s">
+        <v>290</v>
+      </c>
+      <c r="D255" t="s">
+        <v>104</v>
+      </c>
+      <c r="E255" t="s">
+        <v>703</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2023</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>299</v>
+      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>1228</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C256" t="s">
+        <v>290</v>
+      </c>
+      <c r="D256" t="s">
+        <v>51</v>
+      </c>
+      <c r="E256" t="s">
+        <v>703</v>
+      </c>
+      <c r="F256" t="s">
+        <v>947</v>
+      </c>
+      <c r="G256" t="s">
+        <v>33</v>
+      </c>
+      <c r="H256">
+        <v>2004</v>
+      </c>
+      <c r="I256">
+        <v>2021</v>
+      </c>
+      <c r="J256" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C257" t="s">
+        <v>290</v>
+      </c>
+      <c r="D257" t="s">
+        <v>229</v>
+      </c>
+      <c r="E257" t="s">
+        <v>703</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>33</v>
+      </c>
+      <c r="H257">
+        <v>1978</v>
+      </c>
+      <c r="I257">
+        <v>2017</v>
+      </c>
+      <c r="J257" t="s">
+        <v>299</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C258" t="s">
+        <v>290</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>22</v>
+      </c>
+      <c r="H258">
+        <v>2013</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>625</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C259" t="s">
+        <v>290</v>
+      </c>
+      <c r="D259" t="s">
+        <v>791</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2014</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>625</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1247</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C260" t="s">
+        <v>290</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>33</v>
+      </c>
+      <c r="H260">
+        <v>2007</v>
+      </c>
+      <c r="I260">
+        <v>2014</v>
+      </c>
+      <c r="J260" t="s">
+        <v>625</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260"/>
+      <c r="M260" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C261" t="s">
+        <v>290</v>
+      </c>
+      <c r="D261" t="s">
+        <v>791</v>
+      </c>
+      <c r="E261" t="s">
+        <v>703</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2017</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>625</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261"/>
+      <c r="M261" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1256</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C262" t="s">
+        <v>290</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
+        <v>2012</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>625</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262"/>
+      <c r="M262" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C263" t="s">
+        <v>290</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2013</v>
+      </c>
+      <c r="I263"/>
+      <c r="J263" t="s">
+        <v>299</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263"/>
+      <c r="M263" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1266</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C264" t="s">
+        <v>290</v>
+      </c>
+      <c r="D264" t="s">
+        <v>899</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2013</v>
+      </c>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>625</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264"/>
+      <c r="M264" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C265" t="s">
+        <v>290</v>
+      </c>
+      <c r="D265" t="s">
+        <v>805</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
+        <v>2013</v>
+      </c>
+      <c r="I265"/>
+      <c r="J265" t="s">
+        <v>625</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265"/>
+      <c r="M265" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C266" t="s">
+        <v>290</v>
+      </c>
+      <c r="D266" t="s">
+        <v>842</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>22</v>
+      </c>
+      <c r="H266">
+        <v>2013</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>625</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266"/>
+      <c r="M266" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C267" t="s">
+        <v>290</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2014</v>
+      </c>
+      <c r="I267"/>
+      <c r="J267" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267"/>
+      <c r="M267" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C268" t="s">
+        <v>290</v>
+      </c>
+      <c r="D268" t="s">
+        <v>310</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>33</v>
+      </c>
+      <c r="H268">
+        <v>2014</v>
+      </c>
+      <c r="I268">
+        <v>2024</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268"/>
+      <c r="M268" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C269" t="s">
+        <v>290</v>
+      </c>
+      <c r="D269" t="s">
+        <v>868</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2014</v>
+      </c>
+      <c r="I269"/>
+      <c r="J269" t="s">
+        <v>625</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269"/>
+      <c r="M269" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C270" t="s">
+        <v>290</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>2016</v>
+      </c>
+      <c r="I270"/>
+      <c r="J270" t="s">
+        <v>625</v>
+      </c>
+      <c r="K270" t="s">
+        <v>24</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1296</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C271" t="s">
+        <v>290</v>
+      </c>
+      <c r="D271" t="s">
+        <v>859</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
+        <v>2016</v>
+      </c>
+      <c r="I271"/>
+      <c r="J271" t="s">
+        <v>625</v>
+      </c>
+      <c r="K271" t="s">
+        <v>24</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C272" t="s">
+        <v>290</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2016</v>
+      </c>
+      <c r="I272"/>
+      <c r="J272" t="s">
+        <v>625</v>
+      </c>
+      <c r="K272" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272"/>
+      <c r="M272" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C273" t="s">
+        <v>290</v>
+      </c>
+      <c r="D273" t="s">
         <v>632</v>
       </c>
-      <c r="B209" t="s">
-[...21 lines deleted...]
-      <c r="J209" t="s">
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
         <v>21</v>
       </c>
-      <c r="K209" t="s">
-[...117 lines deleted...]
-      <c r="G212">
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
         <v>2007</v>
       </c>
-      <c r="H212">
-[...2576 lines deleted...]
-      </c>
+      <c r="I273"/>
       <c r="J273" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>625</v>
+      </c>
+      <c r="K273" t="s">
+        <v>24</v>
+      </c>
+      <c r="L273"/>
       <c r="M273" t="s">
-        <v>24</v>
+        <v>1219</v>
       </c>
       <c r="N273" t="s">
-        <v>824</v>
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1309</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1310</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>