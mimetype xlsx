--- v1 (2025-12-05)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1312">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -4012,50 +4012,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -4457,51 +4460,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -17257,352 +17260,352 @@
       </c>
       <c r="P266" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
         <v>1280</v>
       </c>
       <c r="B267" t="s">
         <v>1281</v>
       </c>
       <c r="C267" t="s">
         <v>290</v>
       </c>
       <c r="D267" t="s">
         <v>1282</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
-        <v>22</v>
+        <v>1283</v>
       </c>
       <c r="H267">
         <v>2014</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>1233</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267"/>
       <c r="M267" t="s">
         <v>1219</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="P267" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B268" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C268" t="s">
         <v>290</v>
       </c>
       <c r="D268" t="s">
         <v>310</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
         <v>33</v>
       </c>
       <c r="H268">
         <v>2014</v>
       </c>
       <c r="I268">
         <v>2024</v>
       </c>
       <c r="J268" t="s">
         <v>1233</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268"/>
       <c r="M268" t="s">
         <v>1219</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="P268" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B269" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C269" t="s">
         <v>290</v>
       </c>
       <c r="D269" t="s">
         <v>868</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269">
         <v>2014</v>
       </c>
       <c r="I269"/>
       <c r="J269" t="s">
         <v>625</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269"/>
       <c r="M269" t="s">
         <v>1219</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="P269" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B270" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C270" t="s">
         <v>290</v>
       </c>
       <c r="D270" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270">
         <v>2016</v>
       </c>
       <c r="I270"/>
       <c r="J270" t="s">
         <v>625</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
         <v>1219</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="P270" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B271" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C271" t="s">
         <v>290</v>
       </c>
       <c r="D271" t="s">
         <v>859</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>2016</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
         <v>625</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
         <v>1219</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="P271" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B272" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C272" t="s">
         <v>290</v>
       </c>
       <c r="D272" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2016</v>
       </c>
       <c r="I272"/>
       <c r="J272" t="s">
         <v>625</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
         <v>1219</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="P272" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B273" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C273" t="s">
         <v>290</v>
       </c>
       <c r="D273" t="s">
         <v>632</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2007</v>
       </c>
       <c r="I273"/>
       <c r="J273" t="s">
         <v>625</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273"/>
       <c r="M273" t="s">
         <v>1219</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="P273" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">