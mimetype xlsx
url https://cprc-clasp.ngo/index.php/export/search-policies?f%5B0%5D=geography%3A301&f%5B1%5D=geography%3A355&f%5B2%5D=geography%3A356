--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -12178,51 +12178,51 @@
       </c>
       <c r="P169" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
         <v>774</v>
       </c>
       <c r="B170" t="s">
         <v>775</v>
       </c>
       <c r="C170" t="s">
         <v>38</v>
       </c>
       <c r="D170" t="s">
         <v>776</v>
       </c>
       <c r="E170" t="s">
         <v>40</v>
       </c>
       <c r="F170" t="s">
         <v>777</v>
       </c>
       <c r="G170" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H170">
         <v>2021</v>
       </c>
       <c r="I170">
         <v>2024</v>
       </c>
       <c r="J170" t="s">
         <v>778</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
         <v>779</v>
       </c>
       <c r="M170" t="s">
         <v>42</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
         <v>780</v>
       </c>