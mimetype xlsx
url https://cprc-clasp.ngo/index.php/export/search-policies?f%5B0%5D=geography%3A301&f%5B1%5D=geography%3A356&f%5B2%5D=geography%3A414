--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,2320 +12,3393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1082">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
   </si>
   <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2589,10993 +3662,12512 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N258"/>
+  <dimension ref="A1:P258"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="890.64" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>42</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>42</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>73</v>
+      </c>
+      <c r="B12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>41</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>42</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>76</v>
+      </c>
+      <c r="P12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>42</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>79</v>
+      </c>
+      <c r="P13" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>42</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>83</v>
+      </c>
+      <c r="P14" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>42</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>86</v>
+      </c>
+      <c r="P15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>42</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>89</v>
+      </c>
+      <c r="P16" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>42</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>92</v>
+      </c>
+      <c r="P17" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>40</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>42</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>96</v>
+      </c>
+      <c r="P18" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>41</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>100</v>
+      </c>
+      <c r="P19" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20">
+        <v>2001</v>
+      </c>
+      <c r="I20">
+        <v>2002</v>
+      </c>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>105</v>
+      </c>
+      <c r="P20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D21" t="s">
+        <v>109</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>40</v>
+      </c>
+      <c r="G21" t="s">
+        <v>33</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>110</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>111</v>
+      </c>
+      <c r="P21" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>114</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1995</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>116</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>117</v>
+      </c>
+      <c r="P22" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>121</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>122</v>
+      </c>
+      <c r="P23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G24" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...65 lines deleted...]
-      <c r="N5" t="s">
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>128</v>
+      </c>
+      <c r="P24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>40</v>
       </c>
-    </row>
-[...798 lines deleted...]
-        <v>2007</v>
+      <c r="G25" t="s">
+        <v>33</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
-      <c r="I25" t="s">
-        <v>20</v>
+      <c r="I25">
+        <v>2007</v>
       </c>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
+        <v>132</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>133</v>
+      </c>
+      <c r="P25" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>135</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>40</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>23</v>
       </c>
-      <c r="M25" t="s">
-[...22 lines deleted...]
-      <c r="F26" t="s">
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>138</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>139</v>
+      </c>
+      <c r="P26" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>141</v>
+      </c>
+      <c r="B27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>143</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>40</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>144</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>145</v>
+      </c>
+      <c r="P27" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>147</v>
+      </c>
+      <c r="B28" t="s">
+        <v>148</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>149</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2003</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>150</v>
+      </c>
+      <c r="P28" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>152</v>
+      </c>
+      <c r="B29" t="s">
+        <v>153</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>154</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>40</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>155</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>156</v>
+      </c>
+      <c r="P29" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>158</v>
+      </c>
+      <c r="B30" t="s">
+        <v>159</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>160</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>161</v>
+      </c>
+      <c r="P30" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>163</v>
+      </c>
+      <c r="B31" t="s">
+        <v>164</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>165</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>40</v>
+      </c>
+      <c r="G31" t="s">
+        <v>33</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>166</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>167</v>
+      </c>
+      <c r="P31" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>126</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>40</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2010</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>171</v>
+      </c>
+      <c r="M32" t="s">
+        <v>172</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>173</v>
+      </c>
+      <c r="P32" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>175</v>
+      </c>
+      <c r="B33" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>126</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>40</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>177</v>
+      </c>
+      <c r="M33" t="s">
+        <v>172</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>178</v>
+      </c>
+      <c r="P33" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>180</v>
+      </c>
+      <c r="B34" t="s">
+        <v>181</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>182</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>40</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>183</v>
+      </c>
+      <c r="M34" t="s">
+        <v>172</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>184</v>
+      </c>
+      <c r="P34" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>186</v>
+      </c>
+      <c r="B35" t="s">
+        <v>187</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>188</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>40</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>183</v>
+      </c>
+      <c r="M35" t="s">
+        <v>172</v>
+      </c>
+      <c r="N35" t="s">
+        <v>189</v>
+      </c>
+      <c r="O35" t="s">
+        <v>190</v>
+      </c>
+      <c r="P35" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>192</v>
+      </c>
+      <c r="B36" t="s">
+        <v>193</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
         <v>19</v>
       </c>
-      <c r="G26">
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>40</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>194</v>
+      </c>
+      <c r="M36" t="s">
+        <v>172</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>195</v>
+      </c>
+      <c r="P36" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>197</v>
+      </c>
+      <c r="B37" t="s">
+        <v>198</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>199</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>40</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
+      </c>
+      <c r="H37">
+        <v>2006</v>
+      </c>
+      <c r="I37">
         <v>2013</v>
       </c>
-      <c r="H26"/>
-[...9 lines deleted...]
-      <c r="L26" t="s">
+      <c r="J37" t="s">
+        <v>200</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>201</v>
+      </c>
+      <c r="P37" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" t="s">
+        <v>204</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>40</v>
+      </c>
+      <c r="G38" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>200</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>205</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>206</v>
+      </c>
+      <c r="P38" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>32</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>40</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
+      </c>
+      <c r="H39">
+        <v>2008</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M26" t="s">
-[...550 lines deleted...]
-      </c>
       <c r="K39" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>125</v>
+        <v>210</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N39" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>211</v>
+      </c>
+      <c r="P39" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>213</v>
       </c>
       <c r="B40" t="s">
-        <v>15</v>
+        <v>214</v>
       </c>
       <c r="C40" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
       <c r="E40" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>40</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
-      <c r="I40" t="s">
-        <v>20</v>
+      <c r="I40">
+        <v>2011</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>125</v>
+        <v>216</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N40" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>217</v>
+      </c>
+      <c r="P40" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>155</v>
+        <v>219</v>
       </c>
       <c r="B41" t="s">
-        <v>15</v>
+        <v>220</v>
       </c>
       <c r="C41" t="s">
-        <v>95</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="E41" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>40</v>
+      </c>
+      <c r="G41" t="s">
+        <v>33</v>
+      </c>
+      <c r="H41">
         <v>2013</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2015</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
+        <v>221</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>222</v>
+      </c>
+      <c r="P41" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>224</v>
+      </c>
+      <c r="B42" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>226</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>40</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
         <v>23</v>
       </c>
-      <c r="M41" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K42" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
+        <v>227</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>228</v>
+      </c>
+      <c r="P42" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" t="s">
+        <v>231</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>82</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>40</v>
+      </c>
+      <c r="G43" t="s">
+        <v>33</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M42" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K43" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>125</v>
+        <v>232</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N43" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>233</v>
+      </c>
+      <c r="P43" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>165</v>
+        <v>235</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>236</v>
       </c>
       <c r="C44" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
       <c r="E44" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>40</v>
+      </c>
+      <c r="G44" t="s">
+        <v>33</v>
       </c>
       <c r="H44">
         <v>2010</v>
       </c>
-      <c r="I44" t="s">
-        <v>20</v>
+      <c r="I44">
+        <v>2010</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K44" t="s">
-        <v>167</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>125</v>
+        <v>238</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N44" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>239</v>
+      </c>
+      <c r="P44" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>169</v>
+        <v>241</v>
       </c>
       <c r="B45" t="s">
-        <v>15</v>
+        <v>242</v>
       </c>
       <c r="C45" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="E45" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
+        <v>40</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>244</v>
+      </c>
+      <c r="M45" t="s">
+        <v>172</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>245</v>
+      </c>
+      <c r="P45" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>247</v>
+      </c>
+      <c r="B46" t="s">
+        <v>248</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
         <v>19</v>
       </c>
-      <c r="G45">
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>40</v>
+      </c>
+      <c r="G46" t="s">
+        <v>33</v>
+      </c>
+      <c r="H46">
+        <v>2002</v>
+      </c>
+      <c r="I46">
+        <v>2009</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>177</v>
+      </c>
+      <c r="M46" t="s">
+        <v>172</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>249</v>
+      </c>
+      <c r="P46" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>251</v>
+      </c>
+      <c r="B47" t="s">
+        <v>252</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>253</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>40</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>254</v>
+      </c>
+      <c r="L47" t="s">
+        <v>255</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>256</v>
+      </c>
+      <c r="P47" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>258</v>
+      </c>
+      <c r="B48" t="s">
+        <v>259</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>154</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>40</v>
+      </c>
+      <c r="G48" t="s">
+        <v>33</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2015</v>
+      </c>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>260</v>
+      </c>
+      <c r="M48" t="s">
+        <v>172</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>261</v>
+      </c>
+      <c r="P48" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>263</v>
+      </c>
+      <c r="B49" t="s">
+        <v>264</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>63</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>40</v>
+      </c>
+      <c r="G49" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49">
+        <v>2000</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>265</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>266</v>
+      </c>
+      <c r="P49" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>268</v>
+      </c>
+      <c r="B50" t="s">
+        <v>269</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>115</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>40</v>
+      </c>
+      <c r="G50" t="s">
+        <v>33</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50">
         <v>2011</v>
       </c>
-      <c r="H45"/>
-[...15 lines deleted...]
-      <c r="N45" t="s">
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>116</v>
+      </c>
+      <c r="M50" t="s">
         <v>172</v>
       </c>
-    </row>
-[...213 lines deleted...]
-      </c>
       <c r="N50" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>270</v>
+      </c>
+      <c r="P50" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>188</v>
+        <v>271</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>272</v>
       </c>
       <c r="C51" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="E51" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G51" t="s">
+        <v>33</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
-      <c r="I51" t="s">
-        <v>20</v>
+      <c r="I51">
+        <v>2012</v>
       </c>
       <c r="J51" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K51" t="s">
-        <v>189</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>125</v>
+        <v>273</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N51" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>274</v>
+      </c>
+      <c r="P51" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>191</v>
+        <v>276</v>
       </c>
       <c r="B52" t="s">
-        <v>15</v>
+        <v>277</v>
       </c>
       <c r="C52" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="E52" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>40</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2012</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K52" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>23</v>
+        <v>278</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N52" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>279</v>
+      </c>
+      <c r="P52" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>194</v>
+        <v>281</v>
       </c>
       <c r="B53" t="s">
-        <v>15</v>
+        <v>282</v>
       </c>
       <c r="C53" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="E53" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G53" t="s">
+        <v>33</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
-      <c r="I53" t="s">
-        <v>20</v>
+      <c r="I53">
+        <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K53" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>125</v>
+        <v>278</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N53" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>284</v>
+      </c>
+      <c r="P53" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>197</v>
+        <v>286</v>
       </c>
       <c r="B54" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
       <c r="C54" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
       <c r="E54" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>40</v>
+      </c>
+      <c r="G54" t="s">
+        <v>33</v>
+      </c>
+      <c r="H54">
         <v>1993</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2013</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K54" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>23</v>
+        <v>289</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N54" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>290</v>
+      </c>
+      <c r="P54" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>201</v>
+        <v>292</v>
       </c>
       <c r="B55" t="s">
-        <v>15</v>
+        <v>293</v>
       </c>
       <c r="C55" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E55" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G55" t="s">
+        <v>33</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
-      <c r="I55" t="s">
-        <v>20</v>
+      <c r="I55">
+        <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K55" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>125</v>
+        <v>294</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N55" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>295</v>
+      </c>
+      <c r="P55" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>204</v>
+        <v>297</v>
       </c>
       <c r="B56" t="s">
-        <v>15</v>
+        <v>298</v>
       </c>
       <c r="C56" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="E56" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>40</v>
+      </c>
+      <c r="G56" t="s">
+        <v>33</v>
       </c>
       <c r="H56">
         <v>2011</v>
       </c>
-      <c r="I56" t="s">
-        <v>20</v>
+      <c r="I56">
+        <v>2011</v>
       </c>
       <c r="J56" t="s">
-        <v>177</v>
+        <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>206</v>
+        <v>254</v>
       </c>
       <c r="L56" t="s">
+        <v>300</v>
+      </c>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>301</v>
+      </c>
+      <c r="P56" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>303</v>
+      </c>
+      <c r="B57" t="s">
+        <v>304</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>75</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>40</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
         <v>23</v>
       </c>
-      <c r="M56" t="s">
-[...22 lines deleted...]
-      <c r="F57" t="s">
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>305</v>
+      </c>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>306</v>
+      </c>
+      <c r="P57" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>308</v>
+      </c>
+      <c r="B58" t="s">
+        <v>309</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>299</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>40</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>183</v>
+      </c>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>310</v>
+      </c>
+      <c r="P58" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>312</v>
+      </c>
+      <c r="B59" t="s">
+        <v>313</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>47</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>40</v>
+      </c>
+      <c r="G59" t="s">
+        <v>33</v>
+      </c>
+      <c r="H59">
+        <v>2000</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>232</v>
+      </c>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>314</v>
+      </c>
+      <c r="P59" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>316</v>
+      </c>
+      <c r="B60" t="s">
+        <v>317</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>318</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>40</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2013</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>200</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>319</v>
+      </c>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>320</v>
+      </c>
+      <c r="P60" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>322</v>
+      </c>
+      <c r="B61" t="s">
+        <v>323</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>318</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>40</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2017</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>200</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>324</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>325</v>
+      </c>
+      <c r="P61" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>327</v>
+      </c>
+      <c r="B62" t="s">
+        <v>328</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
         <v>19</v>
       </c>
-      <c r="G57">
-[...12 lines deleted...]
-      <c r="L57" t="s">
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>40</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
         <v>23</v>
       </c>
-      <c r="M57" t="s">
-[...38 lines deleted...]
-      <c r="L58" t="s">
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>329</v>
+      </c>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>330</v>
+      </c>
+      <c r="P62" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>332</v>
+      </c>
+      <c r="B63" t="s">
+        <v>333</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>47</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>40</v>
+      </c>
+      <c r="G63" t="s">
+        <v>33</v>
+      </c>
+      <c r="H63">
+        <v>2000</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
         <v>23</v>
       </c>
-      <c r="M58" t="s">
-[...111 lines deleted...]
-      <c r="G61">
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>232</v>
+      </c>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>334</v>
+      </c>
+      <c r="P63" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>336</v>
+      </c>
+      <c r="B64" t="s">
+        <v>337</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>318</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>40</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2017</v>
       </c>
-      <c r="H61"/>
-[...101 lines deleted...]
-      <c r="N63" t="s">
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>200</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>324</v>
+      </c>
+      <c r="M64" t="s">
+        <v>26</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>338</v>
+      </c>
+      <c r="P64" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>340</v>
+      </c>
+      <c r="B65" t="s">
+        <v>341</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>318</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>40</v>
+      </c>
+      <c r="G65" t="s">
+        <v>33</v>
+      </c>
+      <c r="H65"/>
+      <c r="I65">
+        <v>2016</v>
+      </c>
+      <c r="J65" t="s">
+        <v>200</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>342</v>
+      </c>
+      <c r="M65" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>343</v>
+      </c>
+      <c r="P65" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>345</v>
+      </c>
+      <c r="B66" t="s">
+        <v>346</v>
+      </c>
+      <c r="C66" t="s">
+        <v>38</v>
+      </c>
+      <c r="D66" t="s">
+        <v>165</v>
+      </c>
+      <c r="E66" t="s">
+        <v>347</v>
+      </c>
+      <c r="F66" t="s">
+        <v>348</v>
+      </c>
+      <c r="G66" t="s">
+        <v>33</v>
+      </c>
+      <c r="H66">
+        <v>1993</v>
+      </c>
+      <c r="I66">
+        <v>2009</v>
+      </c>
+      <c r="J66" t="s">
+        <v>349</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>350</v>
+      </c>
+      <c r="M66" t="s">
+        <v>42</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>351</v>
+      </c>
+      <c r="P66" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>353</v>
+      </c>
+      <c r="B67" t="s">
+        <v>354</v>
+      </c>
+      <c r="C67" t="s">
+        <v>38</v>
+      </c>
+      <c r="D67" t="s">
         <v>226</v>
       </c>
-    </row>
-[...140 lines deleted...]
-      </c>
       <c r="E67" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F67" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>348</v>
+      </c>
+      <c r="G67" t="s">
+        <v>33</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
-      <c r="I67" t="s">
-        <v>35</v>
+      <c r="I67">
+        <v>2012</v>
       </c>
       <c r="J67" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N67" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>355</v>
+      </c>
+      <c r="P67" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>240</v>
+        <v>357</v>
       </c>
       <c r="B68" t="s">
-        <v>32</v>
+        <v>358</v>
       </c>
       <c r="C68" t="s">
-        <v>241</v>
+        <v>38</v>
       </c>
       <c r="D68" t="s">
-        <v>233</v>
+        <v>359</v>
       </c>
       <c r="E68" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>348</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2009</v>
       </c>
-      <c r="H68"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>21</v>
+        <v>360</v>
       </c>
       <c r="K68" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>36</v>
+        <v>361</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N68" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>362</v>
+      </c>
+      <c r="P68" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>245</v>
+        <v>363</v>
       </c>
       <c r="B69" t="s">
-        <v>32</v>
+        <v>364</v>
       </c>
       <c r="C69" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="D69" t="s">
-        <v>233</v>
+        <v>109</v>
       </c>
       <c r="E69" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F69" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>348</v>
+      </c>
+      <c r="G69" t="s">
+        <v>33</v>
+      </c>
+      <c r="H69">
         <v>2000</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2009</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="K69" t="s">
-        <v>246</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>36</v>
+        <v>365</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N69" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>366</v>
+      </c>
+      <c r="P69" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>248</v>
+        <v>367</v>
       </c>
       <c r="B70" t="s">
-        <v>32</v>
+        <v>368</v>
       </c>
       <c r="C70" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="D70" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="E70" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F70" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>348</v>
+      </c>
+      <c r="G70" t="s">
+        <v>33</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
-      <c r="I70" t="s">
-        <v>249</v>
+      <c r="I70">
+        <v>2012</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N70" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>370</v>
+      </c>
+      <c r="P70" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>251</v>
+        <v>371</v>
       </c>
       <c r="B71" t="s">
-        <v>32</v>
+        <v>372</v>
       </c>
       <c r="C71" t="s">
-        <v>252</v>
+        <v>38</v>
       </c>
       <c r="D71" t="s">
-        <v>233</v>
+        <v>373</v>
       </c>
       <c r="E71" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F71" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>348</v>
+      </c>
+      <c r="G71" t="s">
+        <v>33</v>
+      </c>
+      <c r="H71">
         <v>2000</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2009</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="K71" t="s">
-        <v>246</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>36</v>
+        <v>365</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N71" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>374</v>
+      </c>
+      <c r="P71" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>254</v>
+        <v>375</v>
       </c>
       <c r="B72" t="s">
-        <v>32</v>
+        <v>376</v>
       </c>
       <c r="C72" t="s">
-        <v>255</v>
+        <v>38</v>
       </c>
       <c r="D72" t="s">
-        <v>233</v>
+        <v>377</v>
       </c>
       <c r="E72" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F72" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G72">
+        <v>348</v>
+      </c>
+      <c r="G72" t="s">
+        <v>33</v>
+      </c>
+      <c r="H72">
         <v>1992</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>2016</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N72" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>378</v>
+      </c>
+      <c r="P72" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>257</v>
+        <v>379</v>
       </c>
       <c r="B73" t="s">
-        <v>32</v>
+        <v>380</v>
       </c>
       <c r="C73" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="D73" t="s">
-        <v>233</v>
+        <v>99</v>
       </c>
       <c r="E73" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F73" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>348</v>
+      </c>
+      <c r="G73" t="s">
+        <v>33</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
-      <c r="I73" t="s">
-        <v>35</v>
+      <c r="I73">
+        <v>2012</v>
       </c>
       <c r="J73" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N73" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>381</v>
+      </c>
+      <c r="P73" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>259</v>
+        <v>382</v>
       </c>
       <c r="B74" t="s">
-        <v>32</v>
+        <v>383</v>
       </c>
       <c r="C74" t="s">
-        <v>176</v>
+        <v>38</v>
       </c>
       <c r="D74" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="E74" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F74" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>348</v>
+      </c>
+      <c r="G74" t="s">
+        <v>33</v>
+      </c>
+      <c r="H74">
         <v>2010</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2015</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>177</v>
+        <v>41</v>
       </c>
       <c r="K74" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="L74" t="s">
-        <v>36</v>
+        <v>384</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N74" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>385</v>
+      </c>
+      <c r="P74" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>262</v>
+        <v>386</v>
       </c>
       <c r="B75" t="s">
-        <v>32</v>
+        <v>387</v>
       </c>
       <c r="C75" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="D75" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="E75" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>348</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2009</v>
       </c>
-      <c r="H75"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="K75" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>36</v>
+        <v>388</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N75" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>389</v>
+      </c>
+      <c r="P75" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>265</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>32</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D76" t="s">
-        <v>233</v>
+        <v>115</v>
       </c>
       <c r="E76" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F76" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>348</v>
+      </c>
+      <c r="G76" t="s">
+        <v>33</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
-      <c r="I76" t="s">
-        <v>235</v>
+      <c r="I76">
+        <v>2010</v>
       </c>
       <c r="J76" t="s">
-        <v>21</v>
+        <v>349</v>
       </c>
       <c r="K76" t="s">
-        <v>266</v>
+        <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>36</v>
+        <v>392</v>
       </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N76" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>393</v>
+      </c>
+      <c r="P76" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>268</v>
+        <v>394</v>
       </c>
       <c r="B77" t="s">
-        <v>32</v>
+        <v>395</v>
       </c>
       <c r="C77" t="s">
-        <v>269</v>
+        <v>38</v>
       </c>
       <c r="D77" t="s">
-        <v>233</v>
+        <v>396</v>
       </c>
       <c r="E77" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F77" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>348</v>
+      </c>
+      <c r="G77" t="s">
+        <v>33</v>
+      </c>
+      <c r="H77">
         <v>2002</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2010</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="K77" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>36</v>
+        <v>397</v>
       </c>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N77" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>398</v>
+      </c>
+      <c r="P77" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>272</v>
+        <v>399</v>
       </c>
       <c r="B78" t="s">
-        <v>32</v>
+        <v>400</v>
       </c>
       <c r="C78" t="s">
-        <v>273</v>
+        <v>38</v>
       </c>
       <c r="D78" t="s">
-        <v>233</v>
+        <v>401</v>
       </c>
       <c r="E78" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F78" t="s">
+        <v>348</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2009</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>349</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>402</v>
+      </c>
+      <c r="M78" t="s">
+        <v>42</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>403</v>
+      </c>
+      <c r="P78" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>404</v>
+      </c>
+      <c r="B79" t="s">
+        <v>405</v>
+      </c>
+      <c r="C79" t="s">
+        <v>38</v>
+      </c>
+      <c r="D79" t="s">
+        <v>406</v>
+      </c>
+      <c r="E79" t="s">
+        <v>347</v>
+      </c>
+      <c r="F79" t="s">
+        <v>348</v>
+      </c>
+      <c r="G79" t="s">
+        <v>33</v>
+      </c>
+      <c r="H79">
+        <v>1994</v>
+      </c>
+      <c r="I79">
+        <v>2003</v>
+      </c>
+      <c r="J79" t="s">
+        <v>349</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>42</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>407</v>
+      </c>
+      <c r="P79" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>408</v>
+      </c>
+      <c r="B80" t="s">
+        <v>409</v>
+      </c>
+      <c r="C80" t="s">
+        <v>38</v>
+      </c>
+      <c r="D80" t="s">
+        <v>410</v>
+      </c>
+      <c r="E80" t="s">
+        <v>347</v>
+      </c>
+      <c r="F80" t="s">
+        <v>348</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2010</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>349</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>42</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>411</v>
+      </c>
+      <c r="P80" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>412</v>
+      </c>
+      <c r="B81" t="s">
+        <v>413</v>
+      </c>
+      <c r="C81" t="s">
+        <v>38</v>
+      </c>
+      <c r="D81" t="s">
+        <v>414</v>
+      </c>
+      <c r="E81" t="s">
+        <v>347</v>
+      </c>
+      <c r="F81" t="s">
+        <v>348</v>
+      </c>
+      <c r="G81" t="s">
+        <v>33</v>
+      </c>
+      <c r="H81">
+        <v>2000</v>
+      </c>
+      <c r="I81">
+        <v>2010</v>
+      </c>
+      <c r="J81" t="s">
+        <v>41</v>
+      </c>
+      <c r="K81" t="s">
+        <v>254</v>
+      </c>
+      <c r="L81" t="s">
+        <v>415</v>
+      </c>
+      <c r="M81" t="s">
+        <v>42</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>416</v>
+      </c>
+      <c r="P81" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>417</v>
+      </c>
+      <c r="B82" t="s">
+        <v>418</v>
+      </c>
+      <c r="C82" t="s">
+        <v>38</v>
+      </c>
+      <c r="D82" t="s">
         <v>19</v>
       </c>
-      <c r="G78">
+      <c r="E82" t="s">
+        <v>347</v>
+      </c>
+      <c r="F82" t="s">
+        <v>348</v>
+      </c>
+      <c r="G82" t="s">
+        <v>33</v>
+      </c>
+      <c r="H82">
+        <v>1996</v>
+      </c>
+      <c r="I82">
         <v>2009</v>
       </c>
-      <c r="H78"/>
-[...167 lines deleted...]
-      <c r="H82">
+      <c r="J82" t="s">
+        <v>349</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>419</v>
+      </c>
+      <c r="M82" t="s">
+        <v>42</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>420</v>
+      </c>
+      <c r="P82" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>417</v>
+      </c>
+      <c r="B83" t="s">
+        <v>418</v>
+      </c>
+      <c r="C83" t="s">
+        <v>38</v>
+      </c>
+      <c r="D83" t="s">
+        <v>421</v>
+      </c>
+      <c r="E83" t="s">
+        <v>347</v>
+      </c>
+      <c r="F83" t="s">
+        <v>348</v>
+      </c>
+      <c r="G83" t="s">
+        <v>33</v>
+      </c>
+      <c r="H83">
+        <v>1997</v>
+      </c>
+      <c r="I83">
         <v>2009</v>
       </c>
-      <c r="I82" t="s">
-[...40 lines deleted...]
-      <c r="H83">
+      <c r="J83" t="s">
+        <v>349</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>422</v>
+      </c>
+      <c r="M83" t="s">
+        <v>42</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>423</v>
+      </c>
+      <c r="P83" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>424</v>
+      </c>
+      <c r="B84" t="s">
+        <v>425</v>
+      </c>
+      <c r="C84" t="s">
+        <v>38</v>
+      </c>
+      <c r="D84" t="s">
+        <v>426</v>
+      </c>
+      <c r="E84" t="s">
+        <v>347</v>
+      </c>
+      <c r="F84" t="s">
+        <v>348</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2009</v>
       </c>
-      <c r="I83" t="s">
-[...37 lines deleted...]
-      <c r="G84">
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>349</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>427</v>
+      </c>
+      <c r="M84" t="s">
+        <v>42</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>428</v>
+      </c>
+      <c r="P84" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>429</v>
+      </c>
+      <c r="B85" t="s">
+        <v>430</v>
+      </c>
+      <c r="C85" t="s">
+        <v>38</v>
+      </c>
+      <c r="D85" t="s">
+        <v>115</v>
+      </c>
+      <c r="E85" t="s">
+        <v>347</v>
+      </c>
+      <c r="F85" t="s">
+        <v>348</v>
+      </c>
+      <c r="G85" t="s">
+        <v>33</v>
+      </c>
+      <c r="H85">
+        <v>1992</v>
+      </c>
+      <c r="I85">
         <v>2009</v>
       </c>
-      <c r="H84"/>
-[...46 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>21</v>
+        <v>349</v>
       </c>
       <c r="K85" t="s">
-        <v>266</v>
+        <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>36</v>
+        <v>392</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N85" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>431</v>
+      </c>
+      <c r="P85" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>298</v>
+        <v>433</v>
       </c>
       <c r="B86" t="s">
-        <v>32</v>
+        <v>434</v>
       </c>
       <c r="C86" t="s">
-        <v>166</v>
+        <v>38</v>
       </c>
       <c r="D86" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E86" t="s">
-        <v>234</v>
+        <v>347</v>
       </c>
       <c r="F86" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>348</v>
+      </c>
+      <c r="G86" t="s">
+        <v>33</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
-      <c r="I86" t="s">
-        <v>35</v>
+      <c r="I86">
+        <v>2010</v>
       </c>
       <c r="J86" t="s">
+        <v>41</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>42</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>435</v>
+      </c>
+      <c r="P86" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>436</v>
+      </c>
+      <c r="B87" t="s">
+        <v>437</v>
+      </c>
+      <c r="C87" t="s">
+        <v>38</v>
+      </c>
+      <c r="D87" t="s">
+        <v>438</v>
+      </c>
+      <c r="E87" t="s">
+        <v>347</v>
+      </c>
+      <c r="F87" t="s">
+        <v>348</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>41</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>439</v>
+      </c>
+      <c r="M87" t="s">
+        <v>42</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>440</v>
+      </c>
+      <c r="P87" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>441</v>
+      </c>
+      <c r="B88" t="s">
+        <v>442</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>63</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>40</v>
+      </c>
+      <c r="G88" t="s">
+        <v>33</v>
+      </c>
+      <c r="H88">
+        <v>2000</v>
+      </c>
+      <c r="I88">
+        <v>2015</v>
+      </c>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>265</v>
+      </c>
+      <c r="M88" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>443</v>
+      </c>
+      <c r="P88" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>445</v>
+      </c>
+      <c r="B89" t="s">
+        <v>446</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>40</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>447</v>
+      </c>
+      <c r="M89" t="s">
+        <v>172</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>448</v>
+      </c>
+      <c r="P89" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>450</v>
+      </c>
+      <c r="B90" t="s">
+        <v>451</v>
+      </c>
+      <c r="C90" t="s">
+        <v>452</v>
+      </c>
+      <c r="D90" t="s">
+        <v>47</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>40</v>
+      </c>
+      <c r="G90" t="s">
+        <v>33</v>
+      </c>
+      <c r="H90">
+        <v>1994</v>
+      </c>
+      <c r="I90">
+        <v>2020</v>
+      </c>
+      <c r="J90" t="s">
+        <v>453</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>454</v>
+      </c>
+      <c r="M90" t="s">
+        <v>455</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>456</v>
+      </c>
+      <c r="P90" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>458</v>
+      </c>
+      <c r="B91" t="s">
+        <v>459</v>
+      </c>
+      <c r="C91" t="s">
+        <v>460</v>
+      </c>
+      <c r="D91" t="s">
+        <v>82</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>40</v>
+      </c>
+      <c r="G91" t="s">
+        <v>33</v>
+      </c>
+      <c r="H91">
+        <v>1992</v>
+      </c>
+      <c r="I91">
+        <v>2020</v>
+      </c>
+      <c r="J91" t="s">
+        <v>453</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>461</v>
+      </c>
+      <c r="M91" t="s">
+        <v>455</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>462</v>
+      </c>
+      <c r="P91" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>464</v>
+      </c>
+      <c r="B92" t="s">
+        <v>465</v>
+      </c>
+      <c r="C92" t="s">
+        <v>452</v>
+      </c>
+      <c r="D92" t="s">
+        <v>63</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>40</v>
+      </c>
+      <c r="G92" t="s">
+        <v>33</v>
+      </c>
+      <c r="H92">
+        <v>2001</v>
+      </c>
+      <c r="I92">
+        <v>2019</v>
+      </c>
+      <c r="J92" t="s">
+        <v>453</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>466</v>
+      </c>
+      <c r="M92" t="s">
+        <v>455</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>467</v>
+      </c>
+      <c r="P92" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>469</v>
+      </c>
+      <c r="B93" t="s">
+        <v>470</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>243</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
         <v>21</v>
       </c>
-      <c r="K86"/>
-[...29 lines deleted...]
-      <c r="G87">
+      <c r="G93" t="s">
+        <v>33</v>
+      </c>
+      <c r="H93">
+        <v>1981</v>
+      </c>
+      <c r="I93">
+        <v>1982</v>
+      </c>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>471</v>
+      </c>
+      <c r="M93" t="s">
+        <v>172</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>472</v>
+      </c>
+      <c r="P93" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>473</v>
+      </c>
+      <c r="B94" t="s">
+        <v>474</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>288</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
         <v>2009</v>
       </c>
-      <c r="H87"/>
-[...3 lines deleted...]
-      <c r="J87" t="s">
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>475</v>
+      </c>
+      <c r="M94" t="s">
+        <v>26</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>476</v>
+      </c>
+      <c r="P94" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>477</v>
+      </c>
+      <c r="B95" t="s">
+        <v>477</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>478</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
         <v>21</v>
       </c>
-      <c r="K87" t="s">
-[...31 lines deleted...]
-      <c r="G88">
+      <c r="G95" t="s">
+        <v>33</v>
+      </c>
+      <c r="H95">
+        <v>2002</v>
+      </c>
+      <c r="I95">
+        <v>2001</v>
+      </c>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>26</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>479</v>
+      </c>
+      <c r="P95" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>480</v>
+      </c>
+      <c r="B96" t="s">
+        <v>481</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>414</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2003</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>254</v>
+      </c>
+      <c r="L96" t="s">
+        <v>482</v>
+      </c>
+      <c r="M96" t="s">
+        <v>172</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>483</v>
+      </c>
+      <c r="P96" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>480</v>
+      </c>
+      <c r="B97" t="s">
+        <v>481</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>414</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2003</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>484</v>
+      </c>
+      <c r="L97" t="s">
+        <v>482</v>
+      </c>
+      <c r="M97" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>485</v>
+      </c>
+      <c r="P97" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>486</v>
+      </c>
+      <c r="B98" t="s">
+        <v>487</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>47</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>40</v>
+      </c>
+      <c r="G98" t="s">
+        <v>33</v>
+      </c>
+      <c r="H98">
         <v>2000</v>
       </c>
-      <c r="H88">
-[...11 lines deleted...]
-      <c r="L88" t="s">
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
         <v>23</v>
       </c>
-      <c r="M88" t="s">
-[...193 lines deleted...]
-      <c r="E93" t="s">
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>488</v>
+      </c>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>489</v>
+      </c>
+      <c r="P98" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>491</v>
+      </c>
+      <c r="B99" t="s">
+        <v>492</v>
+      </c>
+      <c r="C99" t="s">
         <v>18</v>
       </c>
-      <c r="F93" t="s">
-[...40 lines deleted...]
-      <c r="E94" t="s">
+      <c r="D99" t="s">
+        <v>47</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>40</v>
+      </c>
+      <c r="G99" t="s">
+        <v>33</v>
+      </c>
+      <c r="H99">
+        <v>2000</v>
+      </c>
+      <c r="I99">
+        <v>2013</v>
+      </c>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>26</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>493</v>
+      </c>
+      <c r="P99" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>495</v>
+      </c>
+      <c r="B100" t="s">
+        <v>496</v>
+      </c>
+      <c r="C100" t="s">
         <v>18</v>
       </c>
-      <c r="F94" t="s">
-[...15 lines deleted...]
-      <c r="L94" t="s">
+      <c r="D100" t="s">
+        <v>47</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>40</v>
+      </c>
+      <c r="G100" t="s">
+        <v>33</v>
+      </c>
+      <c r="H100">
+        <v>2000</v>
+      </c>
+      <c r="I100">
+        <v>2013</v>
+      </c>
+      <c r="J100" t="s">
         <v>23</v>
       </c>
-      <c r="M94" t="s">
-[...19 lines deleted...]
-      <c r="E95" t="s">
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>488</v>
+      </c>
+      <c r="M100" t="s">
+        <v>172</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>497</v>
+      </c>
+      <c r="P100" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>499</v>
+      </c>
+      <c r="B101" t="s">
+        <v>500</v>
+      </c>
+      <c r="C101" t="s">
         <v>18</v>
       </c>
-      <c r="F95" t="s">
-[...248 lines deleted...]
-      </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>501</v>
       </c>
       <c r="E101" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>40</v>
+      </c>
+      <c r="G101" t="s">
+        <v>33</v>
       </c>
       <c r="H101">
         <v>2015</v>
       </c>
-      <c r="I101" t="s">
-        <v>20</v>
+      <c r="I101">
+        <v>2015</v>
       </c>
       <c r="J101" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K101" t="s">
-        <v>343</v>
+        <v>24</v>
       </c>
       <c r="L101" t="s">
+        <v>499</v>
+      </c>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>502</v>
+      </c>
+      <c r="P101" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>504</v>
+      </c>
+      <c r="B102" t="s">
+        <v>505</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>32</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>40</v>
+      </c>
+      <c r="G102" t="s">
+        <v>33</v>
+      </c>
+      <c r="H102">
+        <v>2008</v>
+      </c>
+      <c r="I102">
+        <v>2013</v>
+      </c>
+      <c r="J102" t="s">
         <v>23</v>
       </c>
-      <c r="M101" t="s">
-[...19 lines deleted...]
-      <c r="E102" t="s">
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
         <v>34</v>
       </c>
-      <c r="F102" t="s">
-[...5 lines deleted...]
-      <c r="H102">
+      <c r="M102" t="s">
+        <v>172</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>506</v>
+      </c>
+      <c r="P102" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>508</v>
+      </c>
+      <c r="B103" t="s">
+        <v>509</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>237</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>40</v>
+      </c>
+      <c r="G103" t="s">
+        <v>33</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>26</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>510</v>
+      </c>
+      <c r="P103" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>512</v>
+      </c>
+      <c r="B104" t="s">
+        <v>513</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>137</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>40</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
         <v>2013</v>
       </c>
-      <c r="I102" t="s">
-[...50 lines deleted...]
-      <c r="L103" t="s">
+      <c r="I104"/>
+      <c r="J104" t="s">
         <v>23</v>
       </c>
-      <c r="M103" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N104" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>514</v>
+      </c>
+      <c r="P104" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>352</v>
+        <v>516</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>517</v>
       </c>
       <c r="C105" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="E105" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>40</v>
+      </c>
+      <c r="G105" t="s">
+        <v>33</v>
       </c>
       <c r="H105">
         <v>2011</v>
       </c>
-      <c r="I105" t="s">
-        <v>20</v>
+      <c r="I105">
+        <v>2011</v>
       </c>
       <c r="J105" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-      <c r="L105" t="s">
         <v>23</v>
       </c>
+      <c r="K105" t="s">
+        <v>254</v>
+      </c>
+      <c r="L105"/>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N105" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>518</v>
+      </c>
+      <c r="P105"/>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>354</v>
+        <v>519</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>520</v>
       </c>
       <c r="C106" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E106" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G106">
+        <v>40</v>
+      </c>
+      <c r="G106" t="s">
+        <v>33</v>
+      </c>
+      <c r="H106">
         <v>2008</v>
       </c>
-      <c r="H106">
+      <c r="I106">
         <v>2014</v>
       </c>
-      <c r="I106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J106" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N106" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>521</v>
+      </c>
+      <c r="P106" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>356</v>
+        <v>523</v>
       </c>
       <c r="B107" t="s">
-        <v>15</v>
+        <v>524</v>
       </c>
       <c r="C107" t="s">
-        <v>357</v>
+        <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>525</v>
       </c>
       <c r="E107" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>40</v>
+      </c>
+      <c r="G107" t="s">
+        <v>33</v>
+      </c>
+      <c r="H107">
         <v>2011</v>
       </c>
-      <c r="H107">
+      <c r="I107">
         <v>2013</v>
       </c>
-      <c r="I107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J107" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L107" t="s">
         <v>23</v>
       </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N107" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>526</v>
+      </c>
+      <c r="P107" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>359</v>
+        <v>528</v>
       </c>
       <c r="B108" t="s">
-        <v>15</v>
+        <v>529</v>
       </c>
       <c r="C108" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="E108" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
+        <v>40</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2014</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>26</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>530</v>
+      </c>
+      <c r="P108" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>532</v>
+      </c>
+      <c r="B109" t="s">
+        <v>533</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
         <v>19</v>
       </c>
-      <c r="G108">
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>40</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2014</v>
       </c>
-      <c r="H108"/>
-[...7 lines deleted...]
-      <c r="L108" t="s">
+      <c r="I109"/>
+      <c r="J109" t="s">
         <v>23</v>
       </c>
-      <c r="M108" t="s">
-[...25 lines deleted...]
-      <c r="G109">
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>172</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>534</v>
+      </c>
+      <c r="P109" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>536</v>
+      </c>
+      <c r="B110" t="s">
+        <v>537</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>299</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>40</v>
+      </c>
+      <c r="G110" t="s">
+        <v>33</v>
+      </c>
+      <c r="H110">
+        <v>2013</v>
+      </c>
+      <c r="I110">
         <v>2014</v>
       </c>
-      <c r="H109"/>
-[...39 lines deleted...]
-      <c r="H110">
+      <c r="J110" t="s">
+        <v>23</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>172</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>538</v>
+      </c>
+      <c r="P110" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>540</v>
+      </c>
+      <c r="B111" t="s">
+        <v>541</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>32</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>40</v>
+      </c>
+      <c r="G111" t="s">
+        <v>33</v>
+      </c>
+      <c r="H111">
+        <v>2012</v>
+      </c>
+      <c r="I111">
         <v>2014</v>
       </c>
-      <c r="I110" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N111" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>542</v>
+      </c>
+      <c r="P111" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>367</v>
+        <v>544</v>
       </c>
       <c r="B112" t="s">
-        <v>15</v>
+        <v>545</v>
       </c>
       <c r="C112" t="s">
-        <v>368</v>
+        <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>546</v>
       </c>
       <c r="E112" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>40</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>2015</v>
       </c>
-      <c r="H112"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N112" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>547</v>
+      </c>
+      <c r="P112" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>370</v>
+        <v>549</v>
       </c>
       <c r="B113" t="s">
-        <v>15</v>
+        <v>550</v>
       </c>
       <c r="C113" t="s">
-        <v>371</v>
+        <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>551</v>
       </c>
       <c r="E113" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>40</v>
+      </c>
+      <c r="G113" t="s">
+        <v>33</v>
       </c>
       <c r="H113">
         <v>2015</v>
       </c>
-      <c r="I113" t="s">
-        <v>20</v>
+      <c r="I113">
+        <v>2015</v>
       </c>
       <c r="J113" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K113" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>125</v>
+        <v>549</v>
       </c>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N113" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>552</v>
+      </c>
+      <c r="P113" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>373</v>
+        <v>554</v>
       </c>
       <c r="B114" t="s">
-        <v>15</v>
+        <v>555</v>
       </c>
       <c r="C114" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>199</v>
       </c>
       <c r="E114" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>40</v>
+      </c>
+      <c r="G114" t="s">
+        <v>33</v>
+      </c>
+      <c r="H114">
         <v>2006</v>
       </c>
-      <c r="H114">
+      <c r="I114">
         <v>2016</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N114" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>556</v>
+      </c>
+      <c r="P114" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>375</v>
+        <v>558</v>
       </c>
       <c r="B115" t="s">
-        <v>15</v>
+        <v>559</v>
       </c>
       <c r="C115" t="s">
-        <v>376</v>
+        <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>560</v>
       </c>
       <c r="E115" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
+        <v>40</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2016</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>172</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>561</v>
+      </c>
+      <c r="P115" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>563</v>
+      </c>
+      <c r="B116" t="s">
+        <v>564</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>565</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>40</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2016</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>23</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>172</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>566</v>
+      </c>
+      <c r="P116" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>568</v>
+      </c>
+      <c r="B117" t="s">
+        <v>569</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>438</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>40</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2016</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>23</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>172</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>570</v>
+      </c>
+      <c r="P117" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>571</v>
+      </c>
+      <c r="B118" t="s">
+        <v>572</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>82</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>40</v>
+      </c>
+      <c r="G118" t="s">
+        <v>33</v>
+      </c>
+      <c r="H118">
+        <v>2000</v>
+      </c>
+      <c r="I118">
+        <v>2016</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>573</v>
+      </c>
+      <c r="P118" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>575</v>
+      </c>
+      <c r="B119" t="s">
+        <v>576</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>82</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>40</v>
+      </c>
+      <c r="G119" t="s">
+        <v>33</v>
+      </c>
+      <c r="H119">
+        <v>2000</v>
+      </c>
+      <c r="I119">
+        <v>2015</v>
+      </c>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>172</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>577</v>
+      </c>
+      <c r="P119" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>579</v>
+      </c>
+      <c r="B120" t="s">
+        <v>580</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>63</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>40</v>
+      </c>
+      <c r="G120" t="s">
+        <v>33</v>
+      </c>
+      <c r="H120">
+        <v>2000</v>
+      </c>
+      <c r="I120">
+        <v>2013</v>
+      </c>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>488</v>
+      </c>
+      <c r="M120" t="s">
+        <v>172</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>581</v>
+      </c>
+      <c r="P120" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>583</v>
+      </c>
+      <c r="B121" t="s">
+        <v>584</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
         <v>19</v>
       </c>
-      <c r="G115">
-[...119 lines deleted...]
-      <c r="G118">
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>40</v>
+      </c>
+      <c r="G121" t="s">
+        <v>33</v>
+      </c>
+      <c r="H121">
+        <v>2001</v>
+      </c>
+      <c r="I121">
+        <v>2013</v>
+      </c>
+      <c r="J121" t="s">
+        <v>23</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>26</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>585</v>
+      </c>
+      <c r="P121" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>587</v>
+      </c>
+      <c r="B122" t="s">
+        <v>588</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>109</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>40</v>
+      </c>
+      <c r="G122" t="s">
+        <v>33</v>
+      </c>
+      <c r="H122">
+        <v>2002</v>
+      </c>
+      <c r="I122">
+        <v>2014</v>
+      </c>
+      <c r="J122" t="s">
+        <v>23</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>589</v>
+      </c>
+      <c r="M122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>590</v>
+      </c>
+      <c r="P122" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>592</v>
+      </c>
+      <c r="B123" t="s">
+        <v>593</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>594</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>40</v>
+      </c>
+      <c r="G123" t="s">
+        <v>33</v>
+      </c>
+      <c r="H123">
+        <v>1998</v>
+      </c>
+      <c r="I123">
+        <v>2014</v>
+      </c>
+      <c r="J123" t="s">
+        <v>595</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>596</v>
+      </c>
+      <c r="M123" t="s">
+        <v>26</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>597</v>
+      </c>
+      <c r="P123" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>599</v>
+      </c>
+      <c r="B124" t="s">
+        <v>600</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>165</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>40</v>
+      </c>
+      <c r="G124" t="s">
+        <v>33</v>
+      </c>
+      <c r="H124">
+        <v>2005</v>
+      </c>
+      <c r="I124">
+        <v>2013</v>
+      </c>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>601</v>
+      </c>
+      <c r="M124" t="s">
+        <v>172</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>602</v>
+      </c>
+      <c r="P124" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>604</v>
+      </c>
+      <c r="B125" t="s">
+        <v>605</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>478</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>40</v>
+      </c>
+      <c r="G125" t="s">
+        <v>33</v>
+      </c>
+      <c r="H125">
+        <v>2002</v>
+      </c>
+      <c r="I125">
+        <v>2013</v>
+      </c>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>172</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>606</v>
+      </c>
+      <c r="P125" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>608</v>
+      </c>
+      <c r="B126" t="s">
+        <v>609</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>63</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>40</v>
+      </c>
+      <c r="G126" t="s">
+        <v>33</v>
+      </c>
+      <c r="H126">
         <v>2000</v>
       </c>
-      <c r="H118">
-[...9 lines deleted...]
-      <c r="L118" t="s">
+      <c r="I126">
+        <v>2013</v>
+      </c>
+      <c r="J126" t="s">
         <v>23</v>
       </c>
-      <c r="M118" t="s">
-[...28 lines deleted...]
-      <c r="H119">
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>610</v>
+      </c>
+      <c r="M126" t="s">
+        <v>26</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>611</v>
+      </c>
+      <c r="P126"/>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>612</v>
+      </c>
+      <c r="B127" t="s">
+        <v>613</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>226</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>40</v>
+      </c>
+      <c r="G127" t="s">
+        <v>33</v>
+      </c>
+      <c r="H127">
+        <v>2011</v>
+      </c>
+      <c r="I127">
+        <v>2013</v>
+      </c>
+      <c r="J127" t="s">
+        <v>23</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>172</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>614</v>
+      </c>
+      <c r="P127" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>616</v>
+      </c>
+      <c r="B128" t="s">
+        <v>617</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>253</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>40</v>
+      </c>
+      <c r="G128" t="s">
+        <v>33</v>
+      </c>
+      <c r="H128">
+        <v>2006</v>
+      </c>
+      <c r="I128">
         <v>2015</v>
       </c>
-      <c r="I119" t="s">
-[...38 lines deleted...]
-      <c r="H120">
+      <c r="J128" t="s">
+        <v>23</v>
+      </c>
+      <c r="K128" t="s">
+        <v>254</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>172</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>618</v>
+      </c>
+      <c r="P128" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>620</v>
+      </c>
+      <c r="B129" t="s">
+        <v>621</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>75</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>40</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2013</v>
       </c>
-      <c r="I120" t="s">
-[...50 lines deleted...]
-      <c r="L121" t="s">
+      <c r="I129"/>
+      <c r="J129" t="s">
         <v>23</v>
       </c>
-      <c r="M121" t="s">
-[...340 lines deleted...]
-      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N129" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>622</v>
+      </c>
+      <c r="P129" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>413</v>
+        <v>624</v>
       </c>
       <c r="B130" t="s">
-        <v>15</v>
+        <v>625</v>
       </c>
       <c r="C130" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E130" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G130" t="s">
+        <v>33</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
-      <c r="I130" t="s">
-        <v>20</v>
+      <c r="I130">
+        <v>2012</v>
       </c>
       <c r="J130" t="s">
-        <v>414</v>
+        <v>23</v>
       </c>
       <c r="K130" t="s">
-        <v>415</v>
+        <v>626</v>
       </c>
       <c r="L130" t="s">
-        <v>125</v>
+        <v>627</v>
       </c>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N130" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>628</v>
+      </c>
+      <c r="P130" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>417</v>
+        <v>630</v>
       </c>
       <c r="B131" t="s">
-        <v>15</v>
+        <v>631</v>
       </c>
       <c r="C131" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E131" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G131">
+        <v>40</v>
+      </c>
+      <c r="G131" t="s">
+        <v>33</v>
+      </c>
+      <c r="H131">
         <v>2000</v>
       </c>
-      <c r="H131">
+      <c r="I131">
         <v>2015</v>
       </c>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J131" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L131" t="s">
         <v>23</v>
       </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N131" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>632</v>
+      </c>
+      <c r="P131" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>419</v>
+        <v>634</v>
       </c>
       <c r="B132" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="C132" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E132" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G132">
+        <v>40</v>
+      </c>
+      <c r="G132" t="s">
+        <v>33</v>
+      </c>
+      <c r="H132">
         <v>2002</v>
       </c>
-      <c r="H132">
+      <c r="I132">
         <v>2013</v>
       </c>
-      <c r="I132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J132" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K132" t="s">
-        <v>420</v>
+        <v>24</v>
       </c>
       <c r="L132" t="s">
+        <v>636</v>
+      </c>
+      <c r="M132" t="s">
+        <v>26</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>637</v>
+      </c>
+      <c r="P132" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>639</v>
+      </c>
+      <c r="B133" t="s">
+        <v>640</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>47</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>40</v>
+      </c>
+      <c r="G133" t="s">
+        <v>33</v>
+      </c>
+      <c r="H133">
+        <v>2000</v>
+      </c>
+      <c r="I133">
+        <v>2015</v>
+      </c>
+      <c r="J133" t="s">
         <v>23</v>
       </c>
-      <c r="M132" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N133" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>641</v>
+      </c>
+      <c r="P133" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>424</v>
+        <v>643</v>
       </c>
       <c r="B134" t="s">
-        <v>15</v>
+        <v>644</v>
       </c>
       <c r="C134" t="s">
-        <v>106</v>
+        <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E134" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G134">
+        <v>40</v>
+      </c>
+      <c r="G134" t="s">
+        <v>33</v>
+      </c>
+      <c r="H134">
         <v>2001</v>
       </c>
-      <c r="H134">
+      <c r="I134">
         <v>2013</v>
       </c>
-      <c r="I134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L134" t="s">
         <v>23</v>
       </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N134" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>645</v>
+      </c>
+      <c r="P134" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>426</v>
+        <v>647</v>
       </c>
       <c r="B135" t="s">
-        <v>15</v>
+        <v>648</v>
       </c>
       <c r="C135" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>199</v>
       </c>
       <c r="E135" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G135">
+        <v>40</v>
+      </c>
+      <c r="G135" t="s">
+        <v>33</v>
+      </c>
+      <c r="H135">
         <v>2006</v>
       </c>
-      <c r="H135">
+      <c r="I135">
         <v>2013</v>
       </c>
-      <c r="I135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J135" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N135" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>649</v>
+      </c>
+      <c r="P135" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>428</v>
+        <v>651</v>
       </c>
       <c r="B136" t="s">
-        <v>15</v>
+        <v>652</v>
       </c>
       <c r="C136" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E136" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G136">
+        <v>40</v>
+      </c>
+      <c r="G136" t="s">
+        <v>33</v>
+      </c>
+      <c r="H136">
         <v>2001</v>
       </c>
-      <c r="H136">
+      <c r="I136">
         <v>2013</v>
       </c>
-      <c r="I136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J136" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L136" t="s">
         <v>23</v>
       </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
       <c r="M136" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N136" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>653</v>
+      </c>
+      <c r="P136" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>430</v>
+        <v>655</v>
       </c>
       <c r="B137" t="s">
-        <v>15</v>
+        <v>656</v>
       </c>
       <c r="C137" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="E137" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>40</v>
+      </c>
+      <c r="G137" t="s">
+        <v>33</v>
       </c>
       <c r="H137">
         <v>2011</v>
       </c>
-      <c r="I137" t="s">
-        <v>20</v>
+      <c r="I137">
+        <v>2011</v>
       </c>
       <c r="J137" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K137" t="s">
-        <v>431</v>
+        <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>125</v>
+        <v>657</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="N137" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>658</v>
+      </c>
+      <c r="P137" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>433</v>
+        <v>660</v>
       </c>
       <c r="B138" t="s">
-        <v>15</v>
+        <v>661</v>
       </c>
       <c r="C138" t="s">
-        <v>344</v>
+        <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>501</v>
       </c>
       <c r="E138" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F138" t="s">
+        <v>40</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2014</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>23</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>26</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>662</v>
+      </c>
+      <c r="P138" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>664</v>
+      </c>
+      <c r="B139" t="s">
+        <v>665</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>666</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>40</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>23</v>
+      </c>
+      <c r="K139" t="s">
+        <v>667</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>172</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>668</v>
+      </c>
+      <c r="P139" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>670</v>
+      </c>
+      <c r="B140" t="s">
+        <v>671</v>
+      </c>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>63</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>40</v>
+      </c>
+      <c r="G140" t="s">
+        <v>33</v>
+      </c>
+      <c r="H140">
+        <v>2000</v>
+      </c>
+      <c r="I140">
+        <v>2013</v>
+      </c>
+      <c r="J140" t="s">
+        <v>23</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>455</v>
+      </c>
+      <c r="M140" t="s">
+        <v>26</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>672</v>
+      </c>
+      <c r="P140" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>674</v>
+      </c>
+      <c r="B141" t="s">
+        <v>675</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>243</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>40</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>23</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>676</v>
+      </c>
+      <c r="M141" t="s">
+        <v>26</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>677</v>
+      </c>
+      <c r="P141" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>679</v>
+      </c>
+      <c r="B142" t="s">
+        <v>680</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>681</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>40</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2014</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>23</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>679</v>
+      </c>
+      <c r="M142" t="s">
+        <v>26</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>682</v>
+      </c>
+      <c r="P142" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>684</v>
+      </c>
+      <c r="B143" t="s">
+        <v>685</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>126</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>40</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2013</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>23</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>26</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>686</v>
+      </c>
+      <c r="P143" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>688</v>
+      </c>
+      <c r="B144" t="s">
+        <v>689</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>63</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>40</v>
+      </c>
+      <c r="G144" t="s">
+        <v>33</v>
+      </c>
+      <c r="H144">
+        <v>2000</v>
+      </c>
+      <c r="I144">
+        <v>2014</v>
+      </c>
+      <c r="J144" t="s">
+        <v>23</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>172</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>690</v>
+      </c>
+      <c r="P144" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>692</v>
+      </c>
+      <c r="B145" t="s">
+        <v>693</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>126</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>40</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2013</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>23</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>26</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>694</v>
+      </c>
+      <c r="P145" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>696</v>
+      </c>
+      <c r="B146" t="s">
+        <v>697</v>
+      </c>
+      <c r="C146" t="s">
+        <v>38</v>
+      </c>
+      <c r="D146" t="s">
         <v>19</v>
       </c>
-      <c r="G138">
-[...322 lines deleted...]
-      </c>
       <c r="E146" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>40</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
       </c>
       <c r="H146">
         <v>2012</v>
       </c>
-      <c r="I146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N146" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>698</v>
+      </c>
+      <c r="P146" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>453</v>
+        <v>696</v>
       </c>
       <c r="B147" t="s">
-        <v>32</v>
+        <v>700</v>
       </c>
       <c r="C147" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E147" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F147" t="s">
+        <v>40</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2012</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>349</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>42</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>701</v>
+      </c>
+      <c r="P147" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>696</v>
+      </c>
+      <c r="B148" t="s">
+        <v>702</v>
+      </c>
+      <c r="C148" t="s">
+        <v>38</v>
+      </c>
+      <c r="D148" t="s">
+        <v>703</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>40</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2012</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>349</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>42</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>704</v>
+      </c>
+      <c r="P148" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>696</v>
+      </c>
+      <c r="B149" t="s">
+        <v>705</v>
+      </c>
+      <c r="C149" t="s">
+        <v>38</v>
+      </c>
+      <c r="D149" t="s">
+        <v>666</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>40</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2010</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>41</v>
+      </c>
+      <c r="K149" t="s">
+        <v>667</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>42</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>706</v>
+      </c>
+      <c r="P149" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>696</v>
+      </c>
+      <c r="B150" t="s">
+        <v>708</v>
+      </c>
+      <c r="C150" t="s">
+        <v>38</v>
+      </c>
+      <c r="D150" t="s">
+        <v>414</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>40</v>
+      </c>
+      <c r="G150" t="s">
+        <v>33</v>
+      </c>
+      <c r="H150">
+        <v>1996</v>
+      </c>
+      <c r="I150">
+        <v>2012</v>
+      </c>
+      <c r="J150" t="s">
+        <v>41</v>
+      </c>
+      <c r="K150" t="s">
+        <v>484</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>42</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>709</v>
+      </c>
+      <c r="P150" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>696</v>
+      </c>
+      <c r="B151" t="s">
+        <v>710</v>
+      </c>
+      <c r="C151" t="s">
+        <v>38</v>
+      </c>
+      <c r="D151" t="s">
+        <v>414</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>40</v>
+      </c>
+      <c r="G151" t="s">
+        <v>33</v>
+      </c>
+      <c r="H151">
+        <v>1996</v>
+      </c>
+      <c r="I151">
+        <v>2012</v>
+      </c>
+      <c r="J151" t="s">
+        <v>41</v>
+      </c>
+      <c r="K151" t="s">
+        <v>484</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>42</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>711</v>
+      </c>
+      <c r="P151" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>696</v>
+      </c>
+      <c r="B152" t="s">
+        <v>712</v>
+      </c>
+      <c r="C152" t="s">
+        <v>38</v>
+      </c>
+      <c r="D152" t="s">
+        <v>713</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>40</v>
+      </c>
+      <c r="G152" t="s">
+        <v>33</v>
+      </c>
+      <c r="H152">
+        <v>2010</v>
+      </c>
+      <c r="I152">
+        <v>2012</v>
+      </c>
+      <c r="J152" t="s">
+        <v>349</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>42</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>714</v>
+      </c>
+      <c r="P152" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>696</v>
+      </c>
+      <c r="B153" t="s">
+        <v>715</v>
+      </c>
+      <c r="C153" t="s">
+        <v>38</v>
+      </c>
+      <c r="D153" t="s">
         <v>19</v>
       </c>
-      <c r="G147">
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>40</v>
+      </c>
+      <c r="G153" t="s">
+        <v>33</v>
+      </c>
+      <c r="H153">
         <v>2012</v>
       </c>
-      <c r="H147"/>
-[...36 lines deleted...]
-      <c r="G148">
+      <c r="I153">
         <v>2012</v>
       </c>
-      <c r="H148"/>
-[...36 lines deleted...]
-      <c r="G149">
+      <c r="J153" t="s">
+        <v>349</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>42</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>716</v>
+      </c>
+      <c r="P153" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>696</v>
+      </c>
+      <c r="B154" t="s">
+        <v>717</v>
+      </c>
+      <c r="C154" t="s">
+        <v>38</v>
+      </c>
+      <c r="D154" t="s">
+        <v>137</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>40</v>
+      </c>
+      <c r="G154" t="s">
+        <v>33</v>
+      </c>
+      <c r="H154">
         <v>2012</v>
       </c>
-      <c r="H149">
+      <c r="I154">
         <v>2012</v>
       </c>
-      <c r="I149" t="s">
-[...35 lines deleted...]
-      <c r="G150">
+      <c r="J154" t="s">
+        <v>349</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>42</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>718</v>
+      </c>
+      <c r="P154" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>696</v>
+      </c>
+      <c r="B155" t="s">
+        <v>719</v>
+      </c>
+      <c r="C155" t="s">
+        <v>38</v>
+      </c>
+      <c r="D155" t="s">
+        <v>720</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>40</v>
+      </c>
+      <c r="G155" t="s">
+        <v>33</v>
+      </c>
+      <c r="H155">
+        <v>1996</v>
+      </c>
+      <c r="I155">
         <v>2012</v>
       </c>
-      <c r="H150">
+      <c r="J155" t="s">
+        <v>41</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>42</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>721</v>
+      </c>
+      <c r="P155" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>696</v>
+      </c>
+      <c r="B156" t="s">
+        <v>722</v>
+      </c>
+      <c r="C156" t="s">
+        <v>38</v>
+      </c>
+      <c r="D156" t="s">
+        <v>501</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>40</v>
+      </c>
+      <c r="G156" t="s">
+        <v>33</v>
+      </c>
+      <c r="H156">
+        <v>1996</v>
+      </c>
+      <c r="I156">
         <v>2012</v>
       </c>
-      <c r="I150" t="s">
-[...249 lines deleted...]
-      </c>
       <c r="J156" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
       <c r="M156" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="N156" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>723</v>
+      </c>
+      <c r="P156" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>453</v>
+        <v>696</v>
       </c>
       <c r="B157" t="s">
-        <v>32</v>
+        <v>724</v>
       </c>
       <c r="C157" t="s">
-        <v>283</v>
+        <v>38</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>725</v>
       </c>
       <c r="E157" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>40</v>
+      </c>
+      <c r="G157" t="s">
+        <v>33</v>
       </c>
       <c r="H157">
         <v>2012</v>
       </c>
-      <c r="I157" t="s">
-        <v>35</v>
+      <c r="I157">
+        <v>2012</v>
       </c>
       <c r="J157" t="s">
-        <v>334</v>
-[...4 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
       <c r="M157" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N157" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:14">
+        <v>189</v>
+      </c>
+      <c r="O157" t="s">
+        <v>726</v>
+      </c>
+      <c r="P157" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>470</v>
+        <v>727</v>
       </c>
       <c r="B158" t="s">
-        <v>32</v>
+        <v>728</v>
       </c>
       <c r="C158" t="s">
-        <v>471</v>
+        <v>38</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>729</v>
       </c>
       <c r="E158" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G158">
+        <v>40</v>
+      </c>
+      <c r="G158" t="s">
+        <v>33</v>
+      </c>
+      <c r="H158">
         <v>1996</v>
       </c>
-      <c r="H158">
+      <c r="I158">
         <v>2010</v>
       </c>
-      <c r="I158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J158" t="s">
+        <v>41</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>42</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>730</v>
+      </c>
+      <c r="P158" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>731</v>
+      </c>
+      <c r="B159" t="s">
+        <v>732</v>
+      </c>
+      <c r="C159" t="s">
+        <v>38</v>
+      </c>
+      <c r="D159" t="s">
+        <v>288</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>40</v>
+      </c>
+      <c r="G159" t="s">
+        <v>33</v>
+      </c>
+      <c r="H159">
+        <v>1996</v>
+      </c>
+      <c r="I159">
+        <v>2012</v>
+      </c>
+      <c r="J159" t="s">
+        <v>41</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>733</v>
+      </c>
+      <c r="M159" t="s">
+        <v>42</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>734</v>
+      </c>
+      <c r="P159" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>735</v>
+      </c>
+      <c r="B160" t="s">
+        <v>736</v>
+      </c>
+      <c r="C160" t="s">
+        <v>38</v>
+      </c>
+      <c r="D160" t="s">
+        <v>414</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>40</v>
+      </c>
+      <c r="G160" t="s">
+        <v>33</v>
+      </c>
+      <c r="H160">
+        <v>1996</v>
+      </c>
+      <c r="I160">
+        <v>2010</v>
+      </c>
+      <c r="J160" t="s">
+        <v>41</v>
+      </c>
+      <c r="K160" t="s">
+        <v>254</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>42</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>737</v>
+      </c>
+      <c r="P160" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>738</v>
+      </c>
+      <c r="B161" t="s">
+        <v>739</v>
+      </c>
+      <c r="C161" t="s">
+        <v>38</v>
+      </c>
+      <c r="D161" t="s">
+        <v>59</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>40</v>
+      </c>
+      <c r="G161" t="s">
+        <v>33</v>
+      </c>
+      <c r="H161">
+        <v>1996</v>
+      </c>
+      <c r="I161">
+        <v>2010</v>
+      </c>
+      <c r="J161" t="s">
+        <v>41</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>42</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>740</v>
+      </c>
+      <c r="P161" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>741</v>
+      </c>
+      <c r="B162" t="s">
+        <v>742</v>
+      </c>
+      <c r="C162" t="s">
+        <v>38</v>
+      </c>
+      <c r="D162" t="s">
+        <v>414</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>40</v>
+      </c>
+      <c r="G162" t="s">
+        <v>33</v>
+      </c>
+      <c r="H162">
+        <v>1996</v>
+      </c>
+      <c r="I162">
+        <v>2010</v>
+      </c>
+      <c r="J162" t="s">
+        <v>41</v>
+      </c>
+      <c r="K162" t="s">
+        <v>254</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>42</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>743</v>
+      </c>
+      <c r="P162" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>744</v>
+      </c>
+      <c r="B163" t="s">
+        <v>745</v>
+      </c>
+      <c r="C163" t="s">
+        <v>38</v>
+      </c>
+      <c r="D163" t="s">
+        <v>713</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>40</v>
+      </c>
+      <c r="G163" t="s">
+        <v>33</v>
+      </c>
+      <c r="H163">
+        <v>1996</v>
+      </c>
+      <c r="I163">
+        <v>2010</v>
+      </c>
+      <c r="J163" t="s">
+        <v>349</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>42</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>746</v>
+      </c>
+      <c r="P163" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>744</v>
+      </c>
+      <c r="B164" t="s">
+        <v>747</v>
+      </c>
+      <c r="C164" t="s">
+        <v>38</v>
+      </c>
+      <c r="D164" t="s">
+        <v>748</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>40</v>
+      </c>
+      <c r="G164" t="s">
+        <v>33</v>
+      </c>
+      <c r="H164">
+        <v>1996</v>
+      </c>
+      <c r="I164">
+        <v>2010</v>
+      </c>
+      <c r="J164" t="s">
+        <v>41</v>
+      </c>
+      <c r="K164" t="s">
+        <v>254</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>42</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>749</v>
+      </c>
+      <c r="P164" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>750</v>
+      </c>
+      <c r="B165" t="s">
+        <v>751</v>
+      </c>
+      <c r="C165" t="s">
+        <v>38</v>
+      </c>
+      <c r="D165" t="s">
+        <v>752</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>40</v>
+      </c>
+      <c r="G165" t="s">
+        <v>33</v>
+      </c>
+      <c r="H165">
+        <v>1996</v>
+      </c>
+      <c r="I165">
+        <v>2010</v>
+      </c>
+      <c r="J165" t="s">
+        <v>41</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>42</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>753</v>
+      </c>
+      <c r="P165" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>754</v>
+      </c>
+      <c r="B166" t="s">
+        <v>137</v>
+      </c>
+      <c r="C166" t="s">
+        <v>38</v>
+      </c>
+      <c r="D166" t="s">
+        <v>137</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>40</v>
+      </c>
+      <c r="G166" t="s">
+        <v>33</v>
+      </c>
+      <c r="H166">
+        <v>1996</v>
+      </c>
+      <c r="I166">
+        <v>2010</v>
+      </c>
+      <c r="J166" t="s">
+        <v>755</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>42</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>756</v>
+      </c>
+      <c r="P166" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>758</v>
+      </c>
+      <c r="B167" t="s">
+        <v>759</v>
+      </c>
+      <c r="C167" t="s">
+        <v>38</v>
+      </c>
+      <c r="D167" t="s">
+        <v>551</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>40</v>
+      </c>
+      <c r="G167" t="s">
+        <v>33</v>
+      </c>
+      <c r="H167">
+        <v>1996</v>
+      </c>
+      <c r="I167">
+        <v>2010</v>
+      </c>
+      <c r="J167" t="s">
+        <v>41</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>42</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>760</v>
+      </c>
+      <c r="P167" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>761</v>
+      </c>
+      <c r="B168" t="s">
+        <v>762</v>
+      </c>
+      <c r="C168" t="s">
+        <v>18</v>
+      </c>
+      <c r="D168" t="s">
+        <v>19</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
         <v>21</v>
       </c>
-      <c r="K158"/>
-[...410 lines deleted...]
-        <v>2012</v>
+      <c r="G168" t="s">
+        <v>33</v>
       </c>
       <c r="H168">
         <v>2012</v>
       </c>
-      <c r="I168" t="s">
-        <v>20</v>
+      <c r="I168">
+        <v>2012</v>
       </c>
       <c r="J168" t="s">
+        <v>23</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>763</v>
+      </c>
+      <c r="M168" t="s">
+        <v>172</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>764</v>
+      </c>
+      <c r="P168" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>765</v>
+      </c>
+      <c r="B169" t="s">
+        <v>766</v>
+      </c>
+      <c r="C169" t="s">
+        <v>38</v>
+      </c>
+      <c r="D169" t="s">
+        <v>767</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>40</v>
+      </c>
+      <c r="G169" t="s">
+        <v>33</v>
+      </c>
+      <c r="H169">
+        <v>2006</v>
+      </c>
+      <c r="I169">
+        <v>2015</v>
+      </c>
+      <c r="J169" t="s">
+        <v>768</v>
+      </c>
+      <c r="K169" t="s">
+        <v>769</v>
+      </c>
+      <c r="L169" t="s">
+        <v>770</v>
+      </c>
+      <c r="M169" t="s">
+        <v>771</v>
+      </c>
+      <c r="N169" t="s">
+        <v>772</v>
+      </c>
+      <c r="O169" t="s">
+        <v>773</v>
+      </c>
+      <c r="P169" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>775</v>
+      </c>
+      <c r="B170" t="s">
+        <v>776</v>
+      </c>
+      <c r="C170" t="s">
+        <v>38</v>
+      </c>
+      <c r="D170" t="s">
+        <v>777</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>40</v>
+      </c>
+      <c r="G170" t="s">
+        <v>33</v>
+      </c>
+      <c r="H170">
+        <v>2001</v>
+      </c>
+      <c r="I170">
+        <v>2012</v>
+      </c>
+      <c r="J170" t="s">
+        <v>768</v>
+      </c>
+      <c r="K170" t="s">
+        <v>769</v>
+      </c>
+      <c r="L170" t="s">
+        <v>778</v>
+      </c>
+      <c r="M170" t="s">
+        <v>771</v>
+      </c>
+      <c r="N170" t="s">
+        <v>772</v>
+      </c>
+      <c r="O170" t="s">
+        <v>779</v>
+      </c>
+      <c r="P170" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>781</v>
+      </c>
+      <c r="B171" t="s">
+        <v>782</v>
+      </c>
+      <c r="C171" t="s">
+        <v>38</v>
+      </c>
+      <c r="D171" t="s">
+        <v>783</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>40</v>
+      </c>
+      <c r="G171" t="s">
+        <v>33</v>
+      </c>
+      <c r="H171">
+        <v>1994</v>
+      </c>
+      <c r="I171">
+        <v>2013</v>
+      </c>
+      <c r="J171" t="s">
+        <v>768</v>
+      </c>
+      <c r="K171" t="s">
+        <v>769</v>
+      </c>
+      <c r="L171" t="s">
+        <v>784</v>
+      </c>
+      <c r="M171" t="s">
+        <v>771</v>
+      </c>
+      <c r="N171" t="s">
+        <v>772</v>
+      </c>
+      <c r="O171" t="s">
+        <v>785</v>
+      </c>
+      <c r="P171" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>787</v>
+      </c>
+      <c r="B172" t="s">
+        <v>788</v>
+      </c>
+      <c r="C172" t="s">
+        <v>38</v>
+      </c>
+      <c r="D172" t="s">
+        <v>789</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>40</v>
+      </c>
+      <c r="G172" t="s">
+        <v>33</v>
+      </c>
+      <c r="H172">
+        <v>1992</v>
+      </c>
+      <c r="I172">
+        <v>2012</v>
+      </c>
+      <c r="J172" t="s">
+        <v>768</v>
+      </c>
+      <c r="K172" t="s">
+        <v>769</v>
+      </c>
+      <c r="L172" t="s">
+        <v>778</v>
+      </c>
+      <c r="M172" t="s">
+        <v>771</v>
+      </c>
+      <c r="N172" t="s">
+        <v>772</v>
+      </c>
+      <c r="O172" t="s">
+        <v>790</v>
+      </c>
+      <c r="P172" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>792</v>
+      </c>
+      <c r="B173" t="s">
+        <v>793</v>
+      </c>
+      <c r="C173" t="s">
+        <v>18</v>
+      </c>
+      <c r="D173" t="s">
+        <v>720</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
         <v>21</v>
       </c>
-      <c r="K168" t="s">
-[...78 lines deleted...]
-      <c r="H170">
+      <c r="G173" t="s">
+        <v>33</v>
+      </c>
+      <c r="H173">
+        <v>1981</v>
+      </c>
+      <c r="I173">
+        <v>2002</v>
+      </c>
+      <c r="J173" t="s">
+        <v>23</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>172</v>
+      </c>
+      <c r="N173" t="s">
+        <v>189</v>
+      </c>
+      <c r="O173" t="s">
+        <v>794</v>
+      </c>
+      <c r="P173" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>795</v>
+      </c>
+      <c r="B174" t="s">
+        <v>796</v>
+      </c>
+      <c r="C174" t="s">
+        <v>18</v>
+      </c>
+      <c r="D174" t="s">
+        <v>226</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2011</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>23</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>227</v>
+      </c>
+      <c r="M174" t="s">
+        <v>26</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>797</v>
+      </c>
+      <c r="P174" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>798</v>
+      </c>
+      <c r="B175" t="s">
+        <v>799</v>
+      </c>
+      <c r="C175" t="s">
+        <v>38</v>
+      </c>
+      <c r="D175" t="s">
+        <v>729</v>
+      </c>
+      <c r="E175" t="s">
+        <v>347</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>33</v>
+      </c>
+      <c r="H175">
+        <v>2008</v>
+      </c>
+      <c r="I175">
+        <v>2016</v>
+      </c>
+      <c r="J175" t="s">
+        <v>41</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>42</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>800</v>
+      </c>
+      <c r="P175" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>801</v>
+      </c>
+      <c r="B176" t="s">
+        <v>802</v>
+      </c>
+      <c r="C176" t="s">
+        <v>38</v>
+      </c>
+      <c r="D176" t="s">
+        <v>803</v>
+      </c>
+      <c r="E176" t="s">
+        <v>347</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
         <v>2012</v>
       </c>
-      <c r="I170" t="s">
-[...134 lines deleted...]
-      <c r="J173" t="s">
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>41</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>42</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>804</v>
+      </c>
+      <c r="P176" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>805</v>
+      </c>
+      <c r="B177" t="s">
+        <v>806</v>
+      </c>
+      <c r="C177" t="s">
+        <v>38</v>
+      </c>
+      <c r="D177" t="s">
+        <v>807</v>
+      </c>
+      <c r="E177" t="s">
+        <v>347</v>
+      </c>
+      <c r="F177" t="s">
         <v>21</v>
       </c>
-      <c r="K173"/>
-[...36 lines deleted...]
-      <c r="J174" t="s">
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2009</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>41</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>42</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>808</v>
+      </c>
+      <c r="P177" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>809</v>
+      </c>
+      <c r="B178" t="s">
+        <v>387</v>
+      </c>
+      <c r="C178" t="s">
+        <v>38</v>
+      </c>
+      <c r="D178" t="s">
+        <v>215</v>
+      </c>
+      <c r="E178" t="s">
+        <v>347</v>
+      </c>
+      <c r="F178" t="s">
         <v>21</v>
       </c>
-      <c r="K174" t="s">
-[...154 lines deleted...]
-        <v>2011</v>
+      <c r="G178" t="s">
+        <v>33</v>
       </c>
       <c r="H178">
         <v>2011</v>
       </c>
-      <c r="I178" t="s">
-        <v>35</v>
+      <c r="I178">
+        <v>2011</v>
       </c>
       <c r="J178" t="s">
+        <v>41</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>388</v>
+      </c>
+      <c r="M178" t="s">
+        <v>42</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>810</v>
+      </c>
+      <c r="P178" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>811</v>
+      </c>
+      <c r="B179" t="s">
+        <v>346</v>
+      </c>
+      <c r="C179" t="s">
+        <v>38</v>
+      </c>
+      <c r="D179" t="s">
+        <v>165</v>
+      </c>
+      <c r="E179" t="s">
+        <v>347</v>
+      </c>
+      <c r="F179" t="s">
         <v>21</v>
       </c>
-      <c r="K178" t="s">
-[...31 lines deleted...]
-      <c r="G179">
+      <c r="G179" t="s">
+        <v>33</v>
+      </c>
+      <c r="H179">
         <v>1993</v>
       </c>
-      <c r="H179">
+      <c r="I179">
         <v>2009</v>
       </c>
-      <c r="I179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J179" t="s">
+        <v>349</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>350</v>
+      </c>
+      <c r="M179" t="s">
+        <v>42</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>812</v>
+      </c>
+      <c r="P179" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>813</v>
+      </c>
+      <c r="B180" t="s">
+        <v>814</v>
+      </c>
+      <c r="C180" t="s">
+        <v>38</v>
+      </c>
+      <c r="D180" t="s">
+        <v>288</v>
+      </c>
+      <c r="E180" t="s">
+        <v>347</v>
+      </c>
+      <c r="F180" t="s">
         <v>21</v>
       </c>
-      <c r="K179" t="s">
-[...31 lines deleted...]
-      <c r="G180">
+      <c r="G180" t="s">
+        <v>33</v>
+      </c>
+      <c r="H180">
         <v>1994</v>
       </c>
-      <c r="H180">
+      <c r="I180">
         <v>2003</v>
       </c>
-      <c r="I180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J180" t="s">
+        <v>41</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>733</v>
+      </c>
+      <c r="M180" t="s">
+        <v>42</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>815</v>
+      </c>
+      <c r="P180" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>816</v>
+      </c>
+      <c r="B181" t="s">
+        <v>391</v>
+      </c>
+      <c r="C181" t="s">
+        <v>38</v>
+      </c>
+      <c r="D181" t="s">
+        <v>115</v>
+      </c>
+      <c r="E181" t="s">
+        <v>347</v>
+      </c>
+      <c r="F181" t="s">
         <v>21</v>
       </c>
-      <c r="K180" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G181" t="s">
+        <v>33</v>
       </c>
       <c r="H181">
         <v>2010</v>
       </c>
-      <c r="I181" t="s">
-        <v>235</v>
+      <c r="I181">
+        <v>2010</v>
       </c>
       <c r="J181" t="s">
+        <v>349</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>392</v>
+      </c>
+      <c r="M181" t="s">
+        <v>42</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>817</v>
+      </c>
+      <c r="P181" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>818</v>
+      </c>
+      <c r="B182" t="s">
+        <v>354</v>
+      </c>
+      <c r="C182" t="s">
+        <v>38</v>
+      </c>
+      <c r="D182" t="s">
+        <v>226</v>
+      </c>
+      <c r="E182" t="s">
+        <v>347</v>
+      </c>
+      <c r="F182" t="s">
         <v>21</v>
       </c>
-      <c r="K181" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G182" t="s">
+        <v>33</v>
       </c>
       <c r="H182">
         <v>2012</v>
       </c>
-      <c r="I182" t="s">
-        <v>35</v>
+      <c r="I182">
+        <v>2012</v>
       </c>
       <c r="J182" t="s">
+        <v>41</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>42</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>819</v>
+      </c>
+      <c r="P182" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>820</v>
+      </c>
+      <c r="B183" t="s">
+        <v>358</v>
+      </c>
+      <c r="C183" t="s">
+        <v>38</v>
+      </c>
+      <c r="D183" t="s">
+        <v>359</v>
+      </c>
+      <c r="E183" t="s">
+        <v>347</v>
+      </c>
+      <c r="F183" t="s">
         <v>21</v>
       </c>
-      <c r="K182"/>
-[...29 lines deleted...]
-      <c r="G183">
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
         <v>2009</v>
       </c>
-      <c r="H183"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I183"/>
       <c r="J183" t="s">
+        <v>41</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>361</v>
+      </c>
+      <c r="M183" t="s">
+        <v>42</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>821</v>
+      </c>
+      <c r="P183" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>822</v>
+      </c>
+      <c r="B184" t="s">
+        <v>823</v>
+      </c>
+      <c r="C184" t="s">
+        <v>38</v>
+      </c>
+      <c r="D184" t="s">
+        <v>396</v>
+      </c>
+      <c r="E184" t="s">
+        <v>347</v>
+      </c>
+      <c r="F184" t="s">
         <v>21</v>
       </c>
-      <c r="K183" t="s">
-[...31 lines deleted...]
-      <c r="G184">
+      <c r="G184" t="s">
+        <v>33</v>
+      </c>
+      <c r="H184">
         <v>2002</v>
       </c>
-      <c r="H184">
+      <c r="I184">
         <v>2007</v>
       </c>
-      <c r="I184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J184" t="s">
+        <v>41</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>397</v>
+      </c>
+      <c r="M184" t="s">
+        <v>42</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>824</v>
+      </c>
+      <c r="P184" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>825</v>
+      </c>
+      <c r="B185" t="s">
+        <v>400</v>
+      </c>
+      <c r="C185" t="s">
+        <v>38</v>
+      </c>
+      <c r="D185" t="s">
+        <v>401</v>
+      </c>
+      <c r="E185" t="s">
+        <v>347</v>
+      </c>
+      <c r="F185" t="s">
         <v>21</v>
       </c>
-      <c r="K184" t="s">
-[...31 lines deleted...]
-      <c r="G185">
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
         <v>2009</v>
       </c>
-      <c r="H185"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I185"/>
       <c r="J185" t="s">
+        <v>349</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>402</v>
+      </c>
+      <c r="M185" t="s">
+        <v>42</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>826</v>
+      </c>
+      <c r="P185" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>827</v>
+      </c>
+      <c r="B186" t="s">
+        <v>828</v>
+      </c>
+      <c r="C186" t="s">
+        <v>38</v>
+      </c>
+      <c r="D186" t="s">
+        <v>414</v>
+      </c>
+      <c r="E186" t="s">
+        <v>347</v>
+      </c>
+      <c r="F186" t="s">
         <v>21</v>
       </c>
-      <c r="K185" t="s">
-[...31 lines deleted...]
-      <c r="G186">
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
         <v>2011</v>
       </c>
-      <c r="H186"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I186"/>
       <c r="J186" t="s">
+        <v>41</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>42</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>829</v>
+      </c>
+      <c r="P186" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>830</v>
+      </c>
+      <c r="B187" t="s">
+        <v>831</v>
+      </c>
+      <c r="C187" t="s">
+        <v>38</v>
+      </c>
+      <c r="D187" t="s">
+        <v>299</v>
+      </c>
+      <c r="E187" t="s">
+        <v>347</v>
+      </c>
+      <c r="F187" t="s">
         <v>21</v>
       </c>
-      <c r="K186"/>
-[...29 lines deleted...]
-      <c r="G187">
+      <c r="G187" t="s">
+        <v>33</v>
+      </c>
+      <c r="H187">
         <v>2011</v>
       </c>
-      <c r="H187">
+      <c r="I187">
         <v>2015</v>
       </c>
-      <c r="I187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J187" t="s">
+        <v>41</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>42</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>832</v>
+      </c>
+      <c r="P187" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>833</v>
+      </c>
+      <c r="B188" t="s">
+        <v>368</v>
+      </c>
+      <c r="C188" t="s">
+        <v>38</v>
+      </c>
+      <c r="D188" t="s">
+        <v>126</v>
+      </c>
+      <c r="E188" t="s">
+        <v>347</v>
+      </c>
+      <c r="F188" t="s">
         <v>21</v>
       </c>
-      <c r="K187"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G188" t="s">
+        <v>33</v>
       </c>
       <c r="H188">
         <v>2012</v>
       </c>
-      <c r="I188" t="s">
-        <v>249</v>
+      <c r="I188">
+        <v>2012</v>
       </c>
       <c r="J188" t="s">
+        <v>369</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>42</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>834</v>
+      </c>
+      <c r="P188" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>835</v>
+      </c>
+      <c r="B189" t="s">
+        <v>836</v>
+      </c>
+      <c r="C189" t="s">
+        <v>38</v>
+      </c>
+      <c r="D189" t="s">
+        <v>837</v>
+      </c>
+      <c r="E189" t="s">
+        <v>347</v>
+      </c>
+      <c r="F189" t="s">
         <v>21</v>
       </c>
-      <c r="K188"/>
-[...29 lines deleted...]
-      <c r="G189">
+      <c r="G189" t="s">
+        <v>838</v>
+      </c>
+      <c r="H189">
         <v>2012</v>
       </c>
-      <c r="H189"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I189"/>
       <c r="J189" t="s">
+        <v>200</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>839</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>840</v>
+      </c>
+      <c r="P189" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>842</v>
+      </c>
+      <c r="B190" t="s">
+        <v>405</v>
+      </c>
+      <c r="C190" t="s">
+        <v>38</v>
+      </c>
+      <c r="D190" t="s">
+        <v>843</v>
+      </c>
+      <c r="E190" t="s">
+        <v>347</v>
+      </c>
+      <c r="F190" t="s">
         <v>21</v>
       </c>
-      <c r="K189"/>
-[...29 lines deleted...]
-      <c r="G190">
+      <c r="G190" t="s">
+        <v>33</v>
+      </c>
+      <c r="H190">
         <v>1994</v>
       </c>
-      <c r="H190">
+      <c r="I190">
         <v>2003</v>
       </c>
-      <c r="I190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J190" t="s">
+        <v>349</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>42</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>844</v>
+      </c>
+      <c r="P190" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>845</v>
+      </c>
+      <c r="B191" t="s">
+        <v>846</v>
+      </c>
+      <c r="C191" t="s">
+        <v>38</v>
+      </c>
+      <c r="D191" t="s">
+        <v>288</v>
+      </c>
+      <c r="E191" t="s">
+        <v>347</v>
+      </c>
+      <c r="F191" t="s">
         <v>21</v>
       </c>
-      <c r="K190"/>
-[...29 lines deleted...]
-      <c r="G191">
+      <c r="G191" t="s">
+        <v>33</v>
+      </c>
+      <c r="H191">
         <v>1994</v>
       </c>
-      <c r="H191">
+      <c r="I191">
         <v>2004</v>
       </c>
-      <c r="I191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J191" t="s">
+        <v>41</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>847</v>
+      </c>
+      <c r="M191" t="s">
+        <v>42</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>848</v>
+      </c>
+      <c r="P191" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>849</v>
+      </c>
+      <c r="B192" t="s">
+        <v>409</v>
+      </c>
+      <c r="C192" t="s">
+        <v>38</v>
+      </c>
+      <c r="D192" t="s">
+        <v>410</v>
+      </c>
+      <c r="E192" t="s">
+        <v>347</v>
+      </c>
+      <c r="F192" t="s">
         <v>21</v>
       </c>
-      <c r="K191" t="s">
-[...31 lines deleted...]
-      <c r="G192">
+      <c r="G192" t="s">
+        <v>33</v>
+      </c>
+      <c r="H192">
         <v>2004</v>
       </c>
-      <c r="H192">
+      <c r="I192">
         <v>2010</v>
       </c>
-      <c r="I192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J192" t="s">
+        <v>349</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>42</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>850</v>
+      </c>
+      <c r="P192" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>851</v>
+      </c>
+      <c r="B193" t="s">
+        <v>383</v>
+      </c>
+      <c r="C193" t="s">
+        <v>38</v>
+      </c>
+      <c r="D193" t="s">
+        <v>253</v>
+      </c>
+      <c r="E193" t="s">
+        <v>347</v>
+      </c>
+      <c r="F193" t="s">
         <v>21</v>
       </c>
-      <c r="K192"/>
-[...29 lines deleted...]
-      <c r="G193">
+      <c r="G193" t="s">
+        <v>33</v>
+      </c>
+      <c r="H193">
         <v>2010</v>
       </c>
-      <c r="H193">
+      <c r="I193">
         <v>2015</v>
       </c>
-      <c r="I193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J193" t="s">
-        <v>177</v>
+        <v>41</v>
       </c>
       <c r="K193" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="L193" t="s">
-        <v>36</v>
+        <v>384</v>
       </c>
       <c r="M193" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N193" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>852</v>
+      </c>
+      <c r="P193" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>565</v>
+        <v>853</v>
       </c>
       <c r="B194" t="s">
-        <v>32</v>
+        <v>854</v>
       </c>
       <c r="C194" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="D194" t="s">
-        <v>233</v>
+        <v>109</v>
       </c>
       <c r="E194" t="s">
-        <v>18</v>
+        <v>347</v>
       </c>
       <c r="F194" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G194">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>33</v>
+      </c>
+      <c r="H194">
         <v>2002</v>
       </c>
-      <c r="H194">
+      <c r="I194">
         <v>2006</v>
       </c>
-      <c r="I194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J194" t="s">
+        <v>41</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>365</v>
+      </c>
+      <c r="M194" t="s">
+        <v>42</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>855</v>
+      </c>
+      <c r="P194" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>856</v>
+      </c>
+      <c r="B195" t="s">
+        <v>413</v>
+      </c>
+      <c r="C195" t="s">
+        <v>38</v>
+      </c>
+      <c r="D195" t="s">
+        <v>414</v>
+      </c>
+      <c r="E195" t="s">
+        <v>347</v>
+      </c>
+      <c r="F195" t="s">
         <v>21</v>
       </c>
-      <c r="K194" t="s">
-[...31 lines deleted...]
-      <c r="G195">
+      <c r="G195" t="s">
+        <v>33</v>
+      </c>
+      <c r="H195">
         <v>2001</v>
       </c>
-      <c r="H195">
+      <c r="I195">
         <v>2010</v>
       </c>
-      <c r="I195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J195" t="s">
-        <v>177</v>
+        <v>41</v>
       </c>
       <c r="K195" t="s">
-        <v>284</v>
+        <v>254</v>
       </c>
       <c r="L195" t="s">
-        <v>36</v>
+        <v>415</v>
       </c>
       <c r="M195" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N195" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>857</v>
+      </c>
+      <c r="P195" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>569</v>
+        <v>858</v>
       </c>
       <c r="B196" t="s">
-        <v>32</v>
+        <v>418</v>
       </c>
       <c r="C196" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D196" t="s">
-        <v>233</v>
+        <v>19</v>
       </c>
       <c r="E196" t="s">
-        <v>18</v>
+        <v>347</v>
       </c>
       <c r="F196" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G196">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>33</v>
+      </c>
+      <c r="H196">
         <v>2009</v>
       </c>
-      <c r="H196">
+      <c r="I196">
         <v>2014</v>
       </c>
-      <c r="I196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J196" t="s">
+        <v>349</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>419</v>
+      </c>
+      <c r="M196" t="s">
+        <v>42</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>859</v>
+      </c>
+      <c r="P196" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>861</v>
+      </c>
+      <c r="B197" t="s">
+        <v>862</v>
+      </c>
+      <c r="C197" t="s">
+        <v>38</v>
+      </c>
+      <c r="D197" t="s">
+        <v>426</v>
+      </c>
+      <c r="E197" t="s">
+        <v>347</v>
+      </c>
+      <c r="F197" t="s">
         <v>21</v>
       </c>
-      <c r="K196" t="s">
-[...31 lines deleted...]
-      <c r="G197">
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
         <v>2004</v>
       </c>
-      <c r="H197"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I197"/>
       <c r="J197" t="s">
+        <v>349</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>427</v>
+      </c>
+      <c r="M197" t="s">
+        <v>42</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>863</v>
+      </c>
+      <c r="P197" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>864</v>
+      </c>
+      <c r="B198" t="s">
+        <v>865</v>
+      </c>
+      <c r="C198" t="s">
+        <v>38</v>
+      </c>
+      <c r="D198" t="s">
+        <v>866</v>
+      </c>
+      <c r="E198" t="s">
+        <v>347</v>
+      </c>
+      <c r="F198" t="s">
         <v>21</v>
       </c>
-      <c r="K197" t="s">
-[...31 lines deleted...]
-      <c r="G198">
+      <c r="G198" t="s">
+        <v>33</v>
+      </c>
+      <c r="H198">
         <v>2010</v>
       </c>
-      <c r="H198">
+      <c r="I198">
         <v>2012</v>
       </c>
-      <c r="I198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J198" t="s">
+        <v>349</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>42</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>867</v>
+      </c>
+      <c r="P198" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>868</v>
+      </c>
+      <c r="B199" t="s">
+        <v>869</v>
+      </c>
+      <c r="C199" t="s">
+        <v>38</v>
+      </c>
+      <c r="D199" t="s">
+        <v>115</v>
+      </c>
+      <c r="E199" t="s">
+        <v>347</v>
+      </c>
+      <c r="F199" t="s">
         <v>21</v>
       </c>
-      <c r="K198"/>
-[...29 lines deleted...]
-      <c r="G199">
+      <c r="G199" t="s">
+        <v>33</v>
+      </c>
+      <c r="H199">
         <v>1992</v>
       </c>
-      <c r="H199">
+      <c r="I199">
         <v>2004</v>
       </c>
-      <c r="I199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J199" t="s">
+        <v>349</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>392</v>
+      </c>
+      <c r="M199" t="s">
+        <v>42</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>870</v>
+      </c>
+      <c r="P199" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>872</v>
+      </c>
+      <c r="B200" t="s">
+        <v>873</v>
+      </c>
+      <c r="C200" t="s">
+        <v>38</v>
+      </c>
+      <c r="D200" t="s">
+        <v>95</v>
+      </c>
+      <c r="E200" t="s">
+        <v>347</v>
+      </c>
+      <c r="F200" t="s">
         <v>21</v>
       </c>
-      <c r="K199" t="s">
-[...31 lines deleted...]
-      <c r="G200">
+      <c r="G200" t="s">
+        <v>33</v>
+      </c>
+      <c r="H200">
         <v>2015</v>
       </c>
-      <c r="H200">
+      <c r="I200">
         <v>2019</v>
       </c>
-      <c r="I200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J200" t="s">
+        <v>200</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>839</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>874</v>
+      </c>
+      <c r="P200" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>876</v>
+      </c>
+      <c r="B201" t="s">
+        <v>94</v>
+      </c>
+      <c r="C201" t="s">
+        <v>38</v>
+      </c>
+      <c r="D201" t="s">
+        <v>95</v>
+      </c>
+      <c r="E201" t="s">
+        <v>347</v>
+      </c>
+      <c r="F201" t="s">
         <v>21</v>
       </c>
-      <c r="K200"/>
-[...29 lines deleted...]
-      <c r="G201">
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
         <v>2015</v>
       </c>
-      <c r="H201"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I201"/>
       <c r="J201" t="s">
+        <v>41</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>42</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>877</v>
+      </c>
+      <c r="P201" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>878</v>
+      </c>
+      <c r="B202" t="s">
+        <v>879</v>
+      </c>
+      <c r="C202" t="s">
+        <v>38</v>
+      </c>
+      <c r="D202" t="s">
+        <v>99</v>
+      </c>
+      <c r="E202" t="s">
+        <v>347</v>
+      </c>
+      <c r="F202" t="s">
         <v>21</v>
       </c>
-      <c r="K201"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G202" t="s">
+        <v>33</v>
       </c>
       <c r="H202">
         <v>2012</v>
       </c>
-      <c r="I202" t="s">
-        <v>35</v>
+      <c r="I202">
+        <v>2012</v>
       </c>
       <c r="J202" t="s">
+        <v>41</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>42</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>880</v>
+      </c>
+      <c r="P202" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>881</v>
+      </c>
+      <c r="B203" t="s">
+        <v>882</v>
+      </c>
+      <c r="C203" t="s">
+        <v>38</v>
+      </c>
+      <c r="D203" t="s">
+        <v>501</v>
+      </c>
+      <c r="E203" t="s">
+        <v>347</v>
+      </c>
+      <c r="F203" t="s">
         <v>21</v>
       </c>
-      <c r="K202"/>
-[...14 lines deleted...]
-      <c r="B203" t="s">
+      <c r="G203" t="s">
+        <v>33</v>
+      </c>
+      <c r="H203">
+        <v>2012</v>
+      </c>
+      <c r="I203">
+        <v>2016</v>
+      </c>
+      <c r="J203" t="s">
+        <v>41</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>42</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>883</v>
+      </c>
+      <c r="P203" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>881</v>
+      </c>
+      <c r="B204" t="s">
+        <v>884</v>
+      </c>
+      <c r="C204" t="s">
+        <v>38</v>
+      </c>
+      <c r="D204" t="s">
+        <v>501</v>
+      </c>
+      <c r="E204" t="s">
+        <v>347</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
+        <v>33</v>
+      </c>
+      <c r="H204">
+        <v>2012</v>
+      </c>
+      <c r="I204">
+        <v>2015</v>
+      </c>
+      <c r="J204" t="s">
+        <v>41</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>42</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>885</v>
+      </c>
+      <c r="P204" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>886</v>
+      </c>
+      <c r="B205" t="s">
+        <v>887</v>
+      </c>
+      <c r="C205" t="s">
+        <v>38</v>
+      </c>
+      <c r="D205" t="s">
+        <v>438</v>
+      </c>
+      <c r="E205" t="s">
+        <v>347</v>
+      </c>
+      <c r="F205" t="s">
+        <v>21</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2009</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s">
+        <v>41</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>439</v>
+      </c>
+      <c r="M205" t="s">
+        <v>42</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>888</v>
+      </c>
+      <c r="P205" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>889</v>
+      </c>
+      <c r="B206" t="s">
+        <v>890</v>
+      </c>
+      <c r="C206" t="s">
+        <v>38</v>
+      </c>
+      <c r="D206" t="s">
+        <v>109</v>
+      </c>
+      <c r="E206" t="s">
+        <v>347</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>33</v>
+      </c>
+      <c r="H206">
+        <v>2002</v>
+      </c>
+      <c r="I206">
+        <v>2004</v>
+      </c>
+      <c r="J206" t="s">
+        <v>41</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>365</v>
+      </c>
+      <c r="M206" t="s">
+        <v>42</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>891</v>
+      </c>
+      <c r="P206" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>892</v>
+      </c>
+      <c r="B207" t="s">
+        <v>893</v>
+      </c>
+      <c r="C207" t="s">
+        <v>18</v>
+      </c>
+      <c r="D207" t="s">
+        <v>713</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2003</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>23</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>894</v>
+      </c>
+      <c r="M207" t="s">
+        <v>172</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>895</v>
+      </c>
+      <c r="P207" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>896</v>
+      </c>
+      <c r="B208" t="s">
+        <v>897</v>
+      </c>
+      <c r="C208" t="s">
+        <v>38</v>
+      </c>
+      <c r="D208" t="s">
+        <v>898</v>
+      </c>
+      <c r="E208" t="s">
+        <v>347</v>
+      </c>
+      <c r="F208" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208" t="s">
+        <v>899</v>
+      </c>
+      <c r="H208"/>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>41</v>
+      </c>
+      <c r="K208" t="s">
+        <v>667</v>
+      </c>
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>42</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>900</v>
+      </c>
+      <c r="P208" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>901</v>
+      </c>
+      <c r="B209" t="s">
+        <v>902</v>
+      </c>
+      <c r="C209" t="s">
+        <v>903</v>
+      </c>
+      <c r="D209" t="s">
+        <v>904</v>
+      </c>
+      <c r="E209" t="s">
+        <v>905</v>
+      </c>
+      <c r="F209" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209" t="s">
+        <v>899</v>
+      </c>
+      <c r="H209"/>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>200</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>906</v>
+      </c>
+      <c r="M209" t="s">
+        <v>907</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>908</v>
+      </c>
+      <c r="P209"/>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>909</v>
+      </c>
+      <c r="B210"/>
+      <c r="C210" t="s">
+        <v>18</v>
+      </c>
+      <c r="D210" t="s">
+        <v>910</v>
+      </c>
+      <c r="E210" t="s">
+        <v>347</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
+        <v>2021</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>200</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210" t="s">
+        <v>26</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>911</v>
+      </c>
+      <c r="P210" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>913</v>
+      </c>
+      <c r="B211" t="s">
+        <v>914</v>
+      </c>
+      <c r="C211" t="s">
+        <v>18</v>
+      </c>
+      <c r="D211" t="s">
+        <v>713</v>
+      </c>
+      <c r="E211" t="s">
+        <v>347</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>33</v>
+      </c>
+      <c r="H211">
+        <v>2003</v>
+      </c>
+      <c r="I211">
+        <v>2005</v>
+      </c>
+      <c r="J211" t="s">
+        <v>200</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>26</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>915</v>
+      </c>
+      <c r="P211" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>916</v>
+      </c>
+      <c r="B212" t="s">
+        <v>917</v>
+      </c>
+      <c r="C212" t="s">
+        <v>18</v>
+      </c>
+      <c r="D212" t="s">
+        <v>414</v>
+      </c>
+      <c r="E212" t="s">
+        <v>347</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
+        <v>2003</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>200</v>
+      </c>
+      <c r="K212" t="s">
+        <v>918</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>26</v>
+      </c>
+      <c r="N212" t="s">
+        <v>189</v>
+      </c>
+      <c r="O212" t="s">
+        <v>919</v>
+      </c>
+      <c r="P212" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>920</v>
+      </c>
+      <c r="B213" t="s">
+        <v>921</v>
+      </c>
+      <c r="C213" t="s">
+        <v>18</v>
+      </c>
+      <c r="D213" t="s">
+        <v>789</v>
+      </c>
+      <c r="E213" t="s">
+        <v>347</v>
+      </c>
+      <c r="F213" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2018</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>200</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>26</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>922</v>
+      </c>
+      <c r="P213" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>923</v>
+      </c>
+      <c r="B214" t="s">
+        <v>924</v>
+      </c>
+      <c r="C214" t="s">
+        <v>18</v>
+      </c>
+      <c r="D214" t="s">
+        <v>789</v>
+      </c>
+      <c r="E214" t="s">
+        <v>347</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
+        <v>2016</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>200</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>26</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>925</v>
+      </c>
+      <c r="P214" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>926</v>
+      </c>
+      <c r="B215"/>
+      <c r="C215" t="s">
+        <v>18</v>
+      </c>
+      <c r="D215" t="s">
+        <v>19</v>
+      </c>
+      <c r="E215" t="s">
+        <v>347</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2010</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>200</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>26</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>927</v>
+      </c>
+      <c r="P215" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>928</v>
+      </c>
+      <c r="B216"/>
+      <c r="C216" t="s">
+        <v>18</v>
+      </c>
+      <c r="D216" t="s">
+        <v>226</v>
+      </c>
+      <c r="E216" t="s">
+        <v>347</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>33</v>
+      </c>
+      <c r="H216">
+        <v>2011</v>
+      </c>
+      <c r="I216">
+        <v>2018</v>
+      </c>
+      <c r="J216" t="s">
+        <v>200</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>929</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>930</v>
+      </c>
+      <c r="P216" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>931</v>
+      </c>
+      <c r="B217"/>
+      <c r="C217" t="s">
+        <v>18</v>
+      </c>
+      <c r="D217" t="s">
+        <v>932</v>
+      </c>
+      <c r="E217" t="s">
+        <v>347</v>
+      </c>
+      <c r="F217" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2011</v>
+      </c>
+      <c r="I217">
+        <v>2016</v>
+      </c>
+      <c r="J217" t="s">
+        <v>200</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>26</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>933</v>
+      </c>
+      <c r="P217" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>934</v>
+      </c>
+      <c r="B218"/>
+      <c r="C218" t="s">
+        <v>18</v>
+      </c>
+      <c r="D218" t="s">
+        <v>525</v>
+      </c>
+      <c r="E218" t="s">
+        <v>347</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2015</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>200</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218"/>
+      <c r="M218" t="s">
+        <v>26</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>935</v>
+      </c>
+      <c r="P218" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>936</v>
+      </c>
+      <c r="B219"/>
+      <c r="C219" t="s">
+        <v>18</v>
+      </c>
+      <c r="D219" t="s">
         <v>32</v>
       </c>
-      <c r="C203" t="s">
-[...5 lines deleted...]
-      <c r="E203" t="s">
+      <c r="E219" t="s">
+        <v>347</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2015</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>200</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>26</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>937</v>
+      </c>
+      <c r="P219" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>938</v>
+      </c>
+      <c r="B220" t="s">
+        <v>939</v>
+      </c>
+      <c r="C220" t="s">
         <v>18</v>
       </c>
-      <c r="F203" t="s">
-[...2 lines deleted...]
-      <c r="G203">
+      <c r="D220" t="s">
+        <v>940</v>
+      </c>
+      <c r="E220" t="s">
+        <v>347</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>33</v>
+      </c>
+      <c r="H220">
+        <v>2001</v>
+      </c>
+      <c r="I220">
+        <v>2018</v>
+      </c>
+      <c r="J220" t="s">
+        <v>200</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>26</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>941</v>
+      </c>
+      <c r="P220" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>942</v>
+      </c>
+      <c r="B221"/>
+      <c r="C221" t="s">
+        <v>18</v>
+      </c>
+      <c r="D221" t="s">
+        <v>288</v>
+      </c>
+      <c r="E221" t="s">
+        <v>347</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2009</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>200</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>26</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>943</v>
+      </c>
+      <c r="P221" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>944</v>
+      </c>
+      <c r="B222"/>
+      <c r="C222" t="s">
+        <v>18</v>
+      </c>
+      <c r="D222" t="s">
+        <v>19</v>
+      </c>
+      <c r="E222" t="s">
+        <v>347</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
         <v>2012</v>
       </c>
-      <c r="H203">
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>200</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>26</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>945</v>
+      </c>
+      <c r="P222" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>946</v>
+      </c>
+      <c r="B223"/>
+      <c r="C223" t="s">
+        <v>18</v>
+      </c>
+      <c r="D223" t="s">
+        <v>940</v>
+      </c>
+      <c r="E223" t="s">
+        <v>347</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2014</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>200</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>26</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>947</v>
+      </c>
+      <c r="P223" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>948</v>
+      </c>
+      <c r="B224" t="s">
+        <v>949</v>
+      </c>
+      <c r="C224" t="s">
+        <v>18</v>
+      </c>
+      <c r="D224" t="s">
+        <v>720</v>
+      </c>
+      <c r="E224" t="s">
+        <v>347</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2002</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s">
+        <v>200</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>26</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>950</v>
+      </c>
+      <c r="P224"/>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>951</v>
+      </c>
+      <c r="B225" t="s">
+        <v>952</v>
+      </c>
+      <c r="C225" t="s">
+        <v>18</v>
+      </c>
+      <c r="D225" t="s">
+        <v>729</v>
+      </c>
+      <c r="E225" t="s">
+        <v>347</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
+        <v>33</v>
+      </c>
+      <c r="H225">
+        <v>2002</v>
+      </c>
+      <c r="I225">
         <v>2016</v>
       </c>
-      <c r="I203" t="s">
-[...2 lines deleted...]
-      <c r="J203" t="s">
+      <c r="J225" t="s">
+        <v>200</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>26</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>953</v>
+      </c>
+      <c r="P225" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>954</v>
+      </c>
+      <c r="B226" t="s">
+        <v>955</v>
+      </c>
+      <c r="C226" t="s">
+        <v>18</v>
+      </c>
+      <c r="D226" t="s">
+        <v>115</v>
+      </c>
+      <c r="E226" t="s">
+        <v>347</v>
+      </c>
+      <c r="F226" t="s">
         <v>21</v>
       </c>
-      <c r="K203"/>
-[...23 lines deleted...]
-      <c r="E204" t="s">
+      <c r="G226" t="s">
+        <v>33</v>
+      </c>
+      <c r="H226">
+        <v>2000</v>
+      </c>
+      <c r="I226">
+        <v>2018</v>
+      </c>
+      <c r="J226" t="s">
+        <v>200</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>26</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>956</v>
+      </c>
+      <c r="P226" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>957</v>
+      </c>
+      <c r="B227"/>
+      <c r="C227" t="s">
         <v>18</v>
       </c>
-      <c r="F204" t="s">
-[...11 lines deleted...]
-      <c r="J204" t="s">
+      <c r="D227" t="s">
+        <v>237</v>
+      </c>
+      <c r="E227" t="s">
+        <v>347</v>
+      </c>
+      <c r="F227" t="s">
         <v>21</v>
       </c>
-      <c r="K204"/>
-[...23 lines deleted...]
-      <c r="E205" t="s">
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2020</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>200</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227" t="s">
+        <v>26</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>958</v>
+      </c>
+      <c r="P227" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>959</v>
+      </c>
+      <c r="B228"/>
+      <c r="C228" t="s">
         <v>18</v>
       </c>
-      <c r="F205" t="s">
-[...2 lines deleted...]
-      <c r="G205">
+      <c r="D228" t="s">
+        <v>960</v>
+      </c>
+      <c r="E228" t="s">
+        <v>347</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2010</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>200</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>26</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>961</v>
+      </c>
+      <c r="P228" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>962</v>
+      </c>
+      <c r="B229"/>
+      <c r="C229" t="s">
+        <v>18</v>
+      </c>
+      <c r="D229" t="s">
+        <v>789</v>
+      </c>
+      <c r="E229" t="s">
+        <v>347</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
+        <v>2018</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>200</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>26</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>963</v>
+      </c>
+      <c r="P229" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>964</v>
+      </c>
+      <c r="B230" t="s">
+        <v>965</v>
+      </c>
+      <c r="C230" t="s">
+        <v>18</v>
+      </c>
+      <c r="D230" t="s">
+        <v>966</v>
+      </c>
+      <c r="E230" t="s">
+        <v>347</v>
+      </c>
+      <c r="F230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2020</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>200</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>26</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>967</v>
+      </c>
+      <c r="P230" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>968</v>
+      </c>
+      <c r="B231" t="s">
+        <v>969</v>
+      </c>
+      <c r="C231" t="s">
+        <v>18</v>
+      </c>
+      <c r="D231" t="s">
+        <v>165</v>
+      </c>
+      <c r="E231" t="s">
+        <v>347</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2002</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>200</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231"/>
+      <c r="M231" t="s">
+        <v>26</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>970</v>
+      </c>
+      <c r="P231" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>971</v>
+      </c>
+      <c r="B232" t="s">
+        <v>972</v>
+      </c>
+      <c r="C232" t="s">
+        <v>18</v>
+      </c>
+      <c r="D232" t="s">
+        <v>165</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
+        <v>33</v>
+      </c>
+      <c r="H232">
+        <v>1991</v>
+      </c>
+      <c r="I232">
         <v>2009</v>
       </c>
-      <c r="H205"/>
-[...3 lines deleted...]
-      <c r="J205" t="s">
+      <c r="J232" t="s">
+        <v>23</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>973</v>
+      </c>
+      <c r="M232" t="s">
+        <v>26</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>974</v>
+      </c>
+      <c r="P232" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>975</v>
+      </c>
+      <c r="B233" t="s">
+        <v>976</v>
+      </c>
+      <c r="C233" t="s">
+        <v>18</v>
+      </c>
+      <c r="D233" t="s">
+        <v>165</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
         <v>21</v>
       </c>
-      <c r="K205" t="s">
-[...25 lines deleted...]
-      <c r="E206" t="s">
+      <c r="G233" t="s">
+        <v>33</v>
+      </c>
+      <c r="H233">
+        <v>1991</v>
+      </c>
+      <c r="I233">
+        <v>2002</v>
+      </c>
+      <c r="J233" t="s">
+        <v>23</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>166</v>
+      </c>
+      <c r="M233" t="s">
+        <v>26</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>977</v>
+      </c>
+      <c r="P233" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>978</v>
+      </c>
+      <c r="B234" t="s">
+        <v>979</v>
+      </c>
+      <c r="C234" t="s">
         <v>18</v>
       </c>
-      <c r="F206" t="s">
-[...11 lines deleted...]
-      <c r="J206" t="s">
+      <c r="D234" t="s">
+        <v>165</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
         <v>21</v>
       </c>
-      <c r="K206" t="s">
-[...25 lines deleted...]
-      <c r="E207" t="s">
+      <c r="G234" t="s">
+        <v>33</v>
+      </c>
+      <c r="H234">
+        <v>1991</v>
+      </c>
+      <c r="I234">
+        <v>2016</v>
+      </c>
+      <c r="J234" t="s">
+        <v>23</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>980</v>
+      </c>
+      <c r="M234" t="s">
+        <v>172</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>981</v>
+      </c>
+      <c r="P234" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>982</v>
+      </c>
+      <c r="B235" t="s">
+        <v>983</v>
+      </c>
+      <c r="C235" t="s">
         <v>18</v>
       </c>
-      <c r="F207" t="s">
-[...9 lines deleted...]
-      <c r="J207" t="s">
+      <c r="D235" t="s">
+        <v>115</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
         <v>21</v>
       </c>
-      <c r="K207" t="s">
-[...25 lines deleted...]
-      <c r="E208" t="s">
+      <c r="G235" t="s">
+        <v>33</v>
+      </c>
+      <c r="H235">
+        <v>1996</v>
+      </c>
+      <c r="I235">
+        <v>2011</v>
+      </c>
+      <c r="J235" t="s">
+        <v>23</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>116</v>
+      </c>
+      <c r="M235" t="s">
+        <v>26</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>984</v>
+      </c>
+      <c r="P235" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>985</v>
+      </c>
+      <c r="B236" t="s">
+        <v>115</v>
+      </c>
+      <c r="C236" t="s">
         <v>18</v>
       </c>
-      <c r="F208" t="s">
-[...45 lines deleted...]
-      <c r="J209" t="s">
+      <c r="D236" t="s">
+        <v>410</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
         <v>21</v>
       </c>
-      <c r="K209" t="s">
-[...1100 lines deleted...]
-        <v>2011</v>
+      <c r="G236" t="s">
+        <v>33</v>
       </c>
       <c r="H236">
         <v>2011</v>
       </c>
-      <c r="I236" t="s">
-        <v>20</v>
+      <c r="I236">
+        <v>2011</v>
       </c>
       <c r="J236" t="s">
+        <v>23</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>116</v>
+      </c>
+      <c r="M236" t="s">
+        <v>26</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>986</v>
+      </c>
+      <c r="P236" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>985</v>
+      </c>
+      <c r="B237" t="s">
+        <v>115</v>
+      </c>
+      <c r="C237" t="s">
+        <v>18</v>
+      </c>
+      <c r="D237" t="s">
+        <v>115</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
         <v>21</v>
       </c>
-      <c r="K236" t="s">
-[...2 lines deleted...]
-      <c r="L236" t="s">
+      <c r="G237" t="s">
+        <v>33</v>
+      </c>
+      <c r="H237">
+        <v>1996</v>
+      </c>
+      <c r="I237">
+        <v>2011</v>
+      </c>
+      <c r="J237" t="s">
         <v>23</v>
       </c>
-      <c r="M236" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K237" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="L237" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
       <c r="M237" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N237" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>987</v>
+      </c>
+      <c r="P237" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>670</v>
+        <v>988</v>
       </c>
       <c r="B238" t="s">
-        <v>32</v>
+        <v>989</v>
       </c>
       <c r="C238" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="D238" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E238" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F238" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G238" t="s">
+        <v>33</v>
       </c>
       <c r="H238">
         <v>2012</v>
       </c>
-      <c r="I238" t="s">
-        <v>35</v>
+      <c r="I238">
+        <v>2012</v>
       </c>
       <c r="J238" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238"/>
       <c r="M238" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N238" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>990</v>
+      </c>
+      <c r="P238" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>670</v>
+        <v>988</v>
       </c>
       <c r="B239" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="C239" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="D239" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E239" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F239" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G239" t="s">
+        <v>33</v>
       </c>
       <c r="H239">
         <v>2012</v>
       </c>
-      <c r="I239" t="s">
-        <v>35</v>
+      <c r="I239">
+        <v>2012</v>
       </c>
       <c r="J239" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239"/>
       <c r="M239" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N239" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>991</v>
+      </c>
+      <c r="P239" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>673</v>
+        <v>992</v>
       </c>
       <c r="B240" t="s">
-        <v>674</v>
+        <v>993</v>
       </c>
       <c r="C240" t="s">
-        <v>675</v>
+        <v>994</v>
       </c>
       <c r="D240" t="s">
-        <v>233</v>
+        <v>995</v>
       </c>
       <c r="E240" t="s">
-        <v>676</v>
+        <v>347</v>
       </c>
       <c r="F240" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="G240">
+        <v>996</v>
+      </c>
+      <c r="G240" t="s">
+        <v>8</v>
+      </c>
+      <c r="H240">
         <v>2015</v>
       </c>
-      <c r="H240">
+      <c r="I240">
         <v>2024</v>
       </c>
-      <c r="I240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J240" t="s">
-        <v>21</v>
+        <v>997</v>
       </c>
       <c r="K240" t="s">
-        <v>679</v>
+        <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>680</v>
+        <v>998</v>
       </c>
       <c r="M240" t="s">
-        <v>24</v>
+        <v>999</v>
       </c>
       <c r="N240" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>682</v>
+        <v>1002</v>
       </c>
       <c r="B241" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C241" t="s">
+        <v>38</v>
+      </c>
+      <c r="D241" t="s">
+        <v>237</v>
+      </c>
+      <c r="E241" t="s">
+        <v>347</v>
+      </c>
+      <c r="F241" t="s">
+        <v>996</v>
+      </c>
+      <c r="G241" t="s">
+        <v>8</v>
+      </c>
+      <c r="H241">
+        <v>2004</v>
+      </c>
+      <c r="I241">
+        <v>2024</v>
+      </c>
+      <c r="J241" t="s">
+        <v>997</v>
+      </c>
+      <c r="K241" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1004</v>
+      </c>
+      <c r="M241" t="s">
+        <v>999</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C242" t="s">
+        <v>994</v>
+      </c>
+      <c r="D242" t="s">
+        <v>39</v>
+      </c>
+      <c r="E242" t="s">
+        <v>347</v>
+      </c>
+      <c r="F242" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H242">
+        <v>2024</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>997</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1010</v>
+      </c>
+      <c r="M242" t="s">
+        <v>999</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C243" t="s">
+        <v>994</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E243" t="s">
+        <v>347</v>
+      </c>
+      <c r="F243" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H243">
+        <v>2024</v>
+      </c>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>997</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1016</v>
+      </c>
+      <c r="M243" t="s">
+        <v>999</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C244" t="s">
+        <v>38</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E244" t="s">
+        <v>347</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G244" t="s">
+        <v>8</v>
+      </c>
+      <c r="H244">
+        <v>2011</v>
+      </c>
+      <c r="I244">
+        <v>2024</v>
+      </c>
+      <c r="J244" t="s">
+        <v>997</v>
+      </c>
+      <c r="K244" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M244" t="s">
+        <v>999</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C245" t="s">
+        <v>18</v>
+      </c>
+      <c r="D245" t="s">
+        <v>126</v>
+      </c>
+      <c r="E245" t="s">
+        <v>347</v>
+      </c>
+      <c r="F245" t="s">
+        <v>348</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>2016</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>23</v>
+      </c>
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>26</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C246" t="s">
+        <v>18</v>
+      </c>
+      <c r="D246" t="s">
+        <v>126</v>
+      </c>
+      <c r="E246" t="s">
+        <v>347</v>
+      </c>
+      <c r="F246" t="s">
+        <v>348</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>2016</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>23</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>26</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C247" t="s">
+        <v>18</v>
+      </c>
+      <c r="D247" t="s">
+        <v>729</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>348</v>
+      </c>
+      <c r="G247" t="s">
+        <v>33</v>
+      </c>
+      <c r="H247">
+        <v>2012</v>
+      </c>
+      <c r="I247">
+        <v>2015</v>
+      </c>
+      <c r="J247" t="s">
+        <v>23</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247" t="s">
+        <v>26</v>
+      </c>
+      <c r="N247" t="s">
+        <v>189</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C248" t="s">
+        <v>18</v>
+      </c>
+      <c r="D248" t="s">
         <v>32</v>
       </c>
-      <c r="C241" t="s">
-[...43 lines deleted...]
-      <c r="C242" t="s">
+      <c r="E248" t="s">
+        <v>347</v>
+      </c>
+      <c r="F248" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2015</v>
+      </c>
+      <c r="I248"/>
+      <c r="J248" t="s">
+        <v>23</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248"/>
+      <c r="M248" t="s">
+        <v>26</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P248" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C249" t="s">
+        <v>18</v>
+      </c>
+      <c r="D249" t="s">
+        <v>126</v>
+      </c>
+      <c r="E249" t="s">
+        <v>347</v>
+      </c>
+      <c r="F249" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2018</v>
+      </c>
+      <c r="I249"/>
+      <c r="J249" t="s">
+        <v>23</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249"/>
+      <c r="M249" t="s">
+        <v>26</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C250" t="s">
+        <v>18</v>
+      </c>
+      <c r="D250" t="s">
+        <v>126</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2018</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>23</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250"/>
+      <c r="M250" t="s">
+        <v>26</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C251" t="s">
+        <v>18</v>
+      </c>
+      <c r="D251" t="s">
+        <v>115</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>348</v>
+      </c>
+      <c r="G251" t="s">
         <v>33</v>
       </c>
-      <c r="D242" t="s">
-[...147 lines deleted...]
-      <c r="L245" t="s">
+      <c r="H251">
+        <v>2010</v>
+      </c>
+      <c r="I251">
+        <v>2018</v>
+      </c>
+      <c r="J251" t="s">
         <v>23</v>
       </c>
-      <c r="M245" t="s">
-[...242 lines deleted...]
-      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251"/>
       <c r="M251" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N251" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>712</v>
+        <v>1051</v>
       </c>
       <c r="B252" t="s">
-        <v>15</v>
+        <v>1052</v>
       </c>
       <c r="C252" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>226</v>
       </c>
       <c r="E252" t="s">
-        <v>234</v>
+        <v>20</v>
       </c>
       <c r="F252" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>348</v>
+      </c>
+      <c r="G252" t="s">
+        <v>33</v>
       </c>
       <c r="H252">
         <v>2011</v>
       </c>
-      <c r="I252" t="s">
-        <v>20</v>
+      <c r="I252">
+        <v>2011</v>
       </c>
       <c r="J252" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K252" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L252" t="s">
+        <v>227</v>
+      </c>
+      <c r="M252" t="s">
+        <v>26</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C253" t="s">
+        <v>18</v>
+      </c>
+      <c r="D253" t="s">
+        <v>253</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>348</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2013</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
         <v>23</v>
       </c>
-      <c r="M252" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="K253" t="s">
+        <v>254</v>
+      </c>
+      <c r="L253"/>
       <c r="M253" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N253" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>716</v>
+        <v>1059</v>
       </c>
       <c r="B254" t="s">
-        <v>15</v>
+        <v>1060</v>
       </c>
       <c r="C254" t="s">
-        <v>574</v>
+        <v>18</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>866</v>
       </c>
       <c r="E254" t="s">
-        <v>234</v>
+        <v>20</v>
       </c>
       <c r="F254" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G254">
+        <v>348</v>
+      </c>
+      <c r="G254" t="s">
+        <v>33</v>
+      </c>
+      <c r="H254">
         <v>2010</v>
       </c>
-      <c r="H254">
+      <c r="I254">
         <v>2016</v>
       </c>
-      <c r="I254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J254" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1061</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254"/>
       <c r="M254" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N254" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>719</v>
+        <v>1064</v>
       </c>
       <c r="B255" t="s">
-        <v>15</v>
+        <v>1065</v>
       </c>
       <c r="C255" t="s">
-        <v>395</v>
+        <v>18</v>
       </c>
       <c r="D255" t="s">
-        <v>17</v>
+        <v>594</v>
       </c>
       <c r="E255" t="s">
-        <v>234</v>
+        <v>20</v>
       </c>
       <c r="F255" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>348</v>
+      </c>
+      <c r="G255" t="s">
+        <v>33</v>
       </c>
       <c r="H255">
         <v>2010</v>
       </c>
-      <c r="I255" t="s">
-        <v>20</v>
+      <c r="I255">
+        <v>2010</v>
       </c>
       <c r="J255" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K255" t="s">
-        <v>720</v>
+        <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>23</v>
+        <v>1066</v>
       </c>
       <c r="M255" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N255" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>722</v>
+        <v>1069</v>
       </c>
       <c r="B256" t="s">
-        <v>15</v>
+        <v>1070</v>
       </c>
       <c r="C256" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="D256" t="s">
-        <v>17</v>
+        <v>165</v>
       </c>
       <c r="E256" t="s">
-        <v>234</v>
+        <v>20</v>
       </c>
       <c r="F256" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>348</v>
+      </c>
+      <c r="G256" t="s">
+        <v>33</v>
       </c>
       <c r="H256">
         <v>2010</v>
       </c>
-      <c r="I256" t="s">
-        <v>20</v>
+      <c r="I256">
+        <v>2010</v>
       </c>
       <c r="J256" t="s">
+        <v>23</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256" t="s">
+        <v>980</v>
+      </c>
+      <c r="M256" t="s">
+        <v>26</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C257" t="s">
+        <v>18</v>
+      </c>
+      <c r="D257" t="s">
+        <v>19</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
         <v>21</v>
       </c>
-      <c r="K256" t="s">
-[...2 lines deleted...]
-      <c r="L256" t="s">
+      <c r="G257" t="s">
+        <v>33</v>
+      </c>
+      <c r="H257">
+        <v>2010</v>
+      </c>
+      <c r="I257">
+        <v>2017</v>
+      </c>
+      <c r="J257" t="s">
         <v>23</v>
       </c>
-      <c r="M256" t="s">
-[...19 lines deleted...]
-      <c r="E257" t="s">
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M257" t="s">
+        <v>26</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1076</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C258" t="s">
         <v>18</v>
       </c>
-      <c r="F257" t="s">
-[...2 lines deleted...]
-      <c r="G257">
+      <c r="D258" t="s">
+        <v>19</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>22</v>
+      </c>
+      <c r="H258">
         <v>2010</v>
       </c>
-      <c r="H257">
-[...11 lines deleted...]
-      <c r="L257" t="s">
+      <c r="I258"/>
+      <c r="J258" t="s">
         <v>23</v>
       </c>
-      <c r="M257" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K258" t="s">
-        <v>728</v>
+        <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>23</v>
+        <v>1080</v>
       </c>
       <c r="M258" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N258" t="s">
-        <v>729</v>
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P258" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>