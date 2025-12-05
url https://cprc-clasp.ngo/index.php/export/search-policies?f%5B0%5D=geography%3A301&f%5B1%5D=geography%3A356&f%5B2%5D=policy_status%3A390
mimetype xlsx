--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,2263 +12,1461 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="711">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="447">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
-    <t>CNS 11010-89: Electric Water Heaters</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
-    <t>Energy Conservation Label - Clothes Dryers</t>
-[...22 lines deleted...]
-  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
-    <t>Energy Conservation Label - Television</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
-[...14 lines deleted...]
-    <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
-[...2 lines deleted...]
-    <t>Ovens</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>CNS 12492</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
+  </si>
+  <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
+    <t>ISO 5801 and AMCA 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...217 lines deleted...]
-    <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...8 lines deleted...]
-    <t>Energy Efficiency Grade Label - Air Conditioners</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label - Dish Dryers</t>
+  </si>
+  <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
+    <t>Dish Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>December 2015</t>
+  </si>
+  <si>
+    <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Air Cleaners</t>
+  </si>
+  <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>KS C 9314</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Electric Fan</t>
+  </si>
+  <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>KS C 9306-2002</t>
-[...112 lines deleted...]
-  <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
+    <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
+  </si>
+  <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
+    <t>Kim-chi Refrigerators</t>
+  </si>
+  <si>
+    <t>KS C 9321</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>KS C IEC 60312</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
+  </si>
+  <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
+    <t>CNS 691, CNS 13755</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
+    <t>Fluorescent lamp Ballast Efficiency Factor</t>
+  </si>
+  <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>CNS 1375 CNS 691</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
+  </si>
+  <si>
+    <t>Gas Boilers - Taiwan</t>
+  </si>
+  <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>KS B 8109; KS C 8127</t>
-[...142 lines deleted...]
-  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
-    <t>Greenmark N 17 - Personal Computers -System Unit</t>
-[...20 lines deleted...]
-    <t>Greenmark N100 - Transformers</t>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N146 - Electric Paper Shredders</t>
+  </si>
+  <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N147 - Electric Coffeemakers</t>
+  </si>
+  <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N150 - Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
-[...32 lines deleted...]
-    <t>Greenmark N126 - Electric Kettles</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
+  </si>
+  <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N82 - Portable Projectors</t>
+  </si>
+  <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>MEPS - Dehumidifier</t>
+  </si>
+  <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter - Charger</t>
+  </si>
+  <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter Charger</t>
+  </si>
+  <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
+  </si>
+  <si>
+    <t>MEPS for Dish Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
+  </si>
+  <si>
+    <t>MEPS for Electric Fan</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
+  </si>
+  <si>
+    <t>MEPS for Electric fan heater</t>
+  </si>
+  <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
+  </si>
+  <si>
+    <t>MEPS for Kim-chi Refrigerators</t>
+  </si>
+  <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
+  </si>
+  <si>
+    <t>MEPS for Standby Power</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
+  </si>
+  <si>
+    <t>MEPS for Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>MEPS for Water Chillers</t>
+  </si>
+  <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>CNS 12575 CNS 12812</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
-[...302 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
-[...478 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...10 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
-    <t>RACs Packaged Terminal - Taiwan</t>
-[...47 lines deleted...]
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...5 lines deleted...]
-    <t>Adopted, Revised</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
-  </si>
-[...39 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
+    <t>Ministry of Trade, Industry and Energy, Korea</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
-[...12 lines deleted...]
-  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
-    <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
   </si>
   <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2532,10833 +1730,4722 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N254"/>
+  <dimension ref="A1:P99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="608.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>70</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>73</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>77</v>
+      </c>
+      <c r="P13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>80</v>
+      </c>
+      <c r="P14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>36</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>83</v>
+      </c>
+      <c r="P15" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>86</v>
+      </c>
+      <c r="P16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>90</v>
+      </c>
+      <c r="P17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>91</v>
+      </c>
+      <c r="B18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>36</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>94</v>
+      </c>
+      <c r="P18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>95</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D19" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1995</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>98</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>99</v>
+      </c>
+      <c r="P19" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>105</v>
+      </c>
+      <c r="P20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>109</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>110</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>111</v>
+      </c>
+      <c r="P21" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>114</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>61</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>115</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>116</v>
+      </c>
+      <c r="P22" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>121</v>
+      </c>
+      <c r="M23" t="s">
+        <v>122</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>123</v>
+      </c>
+      <c r="P23" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>125</v>
+      </c>
+      <c r="B24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>127</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>121</v>
+      </c>
+      <c r="M24" t="s">
+        <v>122</v>
+      </c>
+      <c r="N24" t="s">
+        <v>128</v>
+      </c>
+      <c r="O24" t="s">
+        <v>129</v>
+      </c>
+      <c r="P24" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>131</v>
+      </c>
+      <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>133</v>
+      </c>
+      <c r="M25" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>134</v>
+      </c>
+      <c r="P25" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B26" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>138</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>139</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>140</v>
+      </c>
+      <c r="P26" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>142</v>
+      </c>
+      <c r="B27" t="s">
+        <v>143</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>144</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>145</v>
+      </c>
+      <c r="M27" t="s">
+        <v>122</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>146</v>
+      </c>
+      <c r="P27" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>148</v>
+      </c>
+      <c r="B28" t="s">
+        <v>149</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>150</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>151</v>
+      </c>
+      <c r="L28" t="s">
+        <v>152</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>153</v>
+      </c>
+      <c r="P28" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>155</v>
+      </c>
+      <c r="B29" t="s">
+        <v>156</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>144</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>157</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>158</v>
+      </c>
+      <c r="P29" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>69</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>162</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>163</v>
+      </c>
+      <c r="P30" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>166</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>167</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>121</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>168</v>
+      </c>
+      <c r="P31" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>170</v>
+      </c>
+      <c r="B32" t="s">
+        <v>171</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>172</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>173</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>174</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>175</v>
+      </c>
+      <c r="P32" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>177</v>
+      </c>
+      <c r="B33" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>172</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>173</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>179</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>180</v>
+      </c>
+      <c r="P33" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>182</v>
+      </c>
+      <c r="B34" t="s">
+        <v>183</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>184</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>185</v>
+      </c>
+      <c r="P34" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>187</v>
+      </c>
+      <c r="B35" t="s">
+        <v>188</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>172</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>173</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>179</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>189</v>
+      </c>
+      <c r="P35" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>191</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>193</v>
+      </c>
+      <c r="E36" t="s">
+        <v>194</v>
+      </c>
+      <c r="F36" t="s">
+        <v>195</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>196</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>197</v>
+      </c>
+      <c r="M36" t="s">
+        <v>36</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>198</v>
+      </c>
+      <c r="P36" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
+        <v>201</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>202</v>
+      </c>
+      <c r="E37" t="s">
+        <v>194</v>
+      </c>
+      <c r="F37" t="s">
+        <v>195</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>35</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>203</v>
+      </c>
+      <c r="M37" t="s">
+        <v>36</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>204</v>
+      </c>
+      <c r="P37" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" t="s">
+        <v>206</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>207</v>
+      </c>
+      <c r="E38" t="s">
+        <v>194</v>
+      </c>
+      <c r="F38" t="s">
+        <v>195</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>208</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>209</v>
+      </c>
+      <c r="M38" t="s">
+        <v>36</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>214</v>
+      </c>
+      <c r="E39" t="s">
+        <v>194</v>
+      </c>
+      <c r="F39" t="s">
+        <v>195</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>208</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>36</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>215</v>
+      </c>
+      <c r="P39" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>216</v>
+      </c>
+      <c r="B40" t="s">
+        <v>217</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>218</v>
+      </c>
+      <c r="E40" t="s">
+        <v>194</v>
+      </c>
+      <c r="F40" t="s">
+        <v>195</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>208</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>219</v>
+      </c>
+      <c r="M40" t="s">
+        <v>36</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>220</v>
+      </c>
+      <c r="P40" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>221</v>
+      </c>
+      <c r="B41" t="s">
+        <v>222</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>223</v>
+      </c>
+      <c r="E41" t="s">
+        <v>194</v>
+      </c>
+      <c r="F41" t="s">
+        <v>195</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>224</v>
+      </c>
+      <c r="M41" t="s">
+        <v>36</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>225</v>
+      </c>
+      <c r="P41" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>226</v>
+      </c>
+      <c r="B42" t="s">
+        <v>227</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>228</v>
+      </c>
+      <c r="M42" t="s">
+        <v>122</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>229</v>
+      </c>
+      <c r="P42" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>231</v>
+      </c>
+      <c r="B43" t="s">
+        <v>232</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>233</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>234</v>
+      </c>
+      <c r="M43" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>235</v>
+      </c>
+      <c r="P43" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>236</v>
+      </c>
+      <c r="B44" t="s">
+        <v>237</v>
+      </c>
+      <c r="C44" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D44" t="s">
+        <v>238</v>
+      </c>
+      <c r="E44" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2003</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>151</v>
+      </c>
+      <c r="L44" t="s">
+        <v>239</v>
+      </c>
+      <c r="M44" t="s">
+        <v>122</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>240</v>
+      </c>
+      <c r="P44" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>236</v>
+      </c>
+      <c r="B45" t="s">
+        <v>237</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>238</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2003</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K45" t="s">
+        <v>241</v>
+      </c>
+      <c r="L45" t="s">
+        <v>239</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>242</v>
+      </c>
+      <c r="P45" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>243</v>
+      </c>
+      <c r="B46" t="s">
+        <v>244</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>103</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>122</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>245</v>
+      </c>
+      <c r="P46" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>247</v>
+      </c>
+      <c r="B47" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>249</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>250</v>
+      </c>
+      <c r="P47" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>252</v>
+      </c>
+      <c r="B48" t="s">
+        <v>253</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...33 lines deleted...]
-      <c r="E5" t="s">
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>34</v>
       </c>
-      <c r="F5" t="s">
-[...36 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>122</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>254</v>
+      </c>
+      <c r="P48" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>256</v>
+      </c>
+      <c r="B49" t="s">
+        <v>257</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>258</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
-[...1815 lines deleted...]
-        <v>2000</v>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
-      <c r="I49" t="s">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>122</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>259</v>
+      </c>
+      <c r="P49" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>261</v>
+      </c>
+      <c r="B50" t="s">
+        <v>262</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>263</v>
+      </c>
+      <c r="E50" t="s">
         <v>20</v>
       </c>
-      <c r="J49" t="s">
-[...5 lines deleted...]
-      <c r="L49" t="s">
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2016</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
         <v>23</v>
       </c>
-      <c r="M49" t="s">
-[...19 lines deleted...]
-      <c r="E50" t="s">
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>122</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>264</v>
+      </c>
+      <c r="P50" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>266</v>
+      </c>
+      <c r="B51" t="s">
+        <v>267</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>268</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>34</v>
       </c>
-      <c r="F50" t="s">
-[...8 lines deleted...]
-      <c r="I50" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>122</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>269</v>
+      </c>
+      <c r="P51" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
+        <v>272</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>223</v>
+      </c>
+      <c r="E52" t="s">
         <v>20</v>
       </c>
-      <c r="J50" t="s">
-[...28 lines deleted...]
-      <c r="E51" t="s">
+      <c r="F52" t="s">
         <v>34</v>
       </c>
-      <c r="F51" t="s">
-[...8 lines deleted...]
-      <c r="I51" t="s">
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>122</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>273</v>
+      </c>
+      <c r="P52" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>274</v>
+      </c>
+      <c r="B53" t="s">
+        <v>275</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>69</v>
+      </c>
+      <c r="E53" t="s">
         <v>20</v>
       </c>
-      <c r="J51" t="s">
-[...28 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F53" t="s">
         <v>34</v>
       </c>
-      <c r="F52" t="s">
-[...6 lines deleted...]
-      <c r="I52" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>276</v>
+      </c>
+      <c r="P53" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" t="s">
+        <v>279</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>280</v>
+      </c>
+      <c r="E54" t="s">
         <v>20</v>
       </c>
-      <c r="J52" t="s">
-[...5 lines deleted...]
-      <c r="L52" t="s">
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
         <v>23</v>
       </c>
-      <c r="M52" t="s">
-[...19 lines deleted...]
-      <c r="E53" t="s">
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>281</v>
+      </c>
+      <c r="P54" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
+        <v>284</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>285</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>34</v>
       </c>
-      <c r="F53" t="s">
-[...8 lines deleted...]
-      <c r="I53" t="s">
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>286</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>122</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>287</v>
+      </c>
+      <c r="P55" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
+        <v>290</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>144</v>
+      </c>
+      <c r="E56" t="s">
         <v>20</v>
       </c>
-      <c r="J53" t="s">
-[...28 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F56" t="s">
         <v>34</v>
       </c>
-      <c r="F54" t="s">
-[...91 lines deleted...]
-        <v>2011</v>
+      <c r="G56" t="s">
+        <v>22</v>
       </c>
       <c r="H56">
         <v>2011</v>
       </c>
-      <c r="I56" t="s">
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>291</v>
+      </c>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>292</v>
+      </c>
+      <c r="P56" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>294</v>
+      </c>
+      <c r="B57" t="s">
+        <v>295</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>296</v>
+      </c>
+      <c r="E57" t="s">
         <v>20</v>
       </c>
-      <c r="J56" t="s">
-[...5 lines deleted...]
-      <c r="L56" t="s">
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2014</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
         <v>23</v>
       </c>
-      <c r="M56" t="s">
-[...7 lines deleted...]
-      <c r="A57" t="s">
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>294</v>
+      </c>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>297</v>
+      </c>
+      <c r="P57" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>299</v>
+      </c>
+      <c r="B58" t="s">
+        <v>300</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>301</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>302</v>
+      </c>
+      <c r="P58" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>304</v>
+      </c>
+      <c r="B59" t="s">
+        <v>305</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>301</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>306</v>
+      </c>
+      <c r="P59" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>308</v>
+      </c>
+      <c r="B60" t="s">
+        <v>309</v>
+      </c>
+      <c r="C60" t="s">
+        <v>32</v>
+      </c>
+      <c r="D60" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
         <v>208</v>
       </c>
-      <c r="B57" t="s">
-[...8 lines deleted...]
-      <c r="E57" t="s">
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>36</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>310</v>
+      </c>
+      <c r="P60" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>308</v>
+      </c>
+      <c r="B61" t="s">
+        <v>312</v>
+      </c>
+      <c r="C61" t="s">
+        <v>32</v>
+      </c>
+      <c r="D61" t="s">
+        <v>19</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>34</v>
       </c>
-      <c r="F57" t="s">
-[...6 lines deleted...]
-      <c r="I57" t="s">
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>208</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>36</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>313</v>
+      </c>
+      <c r="P61" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>308</v>
+      </c>
+      <c r="B62" t="s">
+        <v>314</v>
+      </c>
+      <c r="C62" t="s">
+        <v>32</v>
+      </c>
+      <c r="D62" t="s">
+        <v>315</v>
+      </c>
+      <c r="E62" t="s">
         <v>20</v>
       </c>
-      <c r="J57" t="s">
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>208</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>36</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>316</v>
+      </c>
+      <c r="P62" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>308</v>
+      </c>
+      <c r="B63" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" t="s">
+        <v>32</v>
+      </c>
+      <c r="D63" t="s">
+        <v>285</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>35</v>
+      </c>
+      <c r="K63" t="s">
+        <v>286</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>36</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>318</v>
+      </c>
+      <c r="P63" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" t="s">
+        <v>321</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>138</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K57" t="s">
-[...2 lines deleted...]
-      <c r="L57" t="s">
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2011</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
         <v>23</v>
       </c>
-      <c r="M57" t="s">
-[...7 lines deleted...]
-      <c r="A58" t="s">
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>139</v>
+      </c>
+      <c r="M64" t="s">
+        <v>26</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>322</v>
+      </c>
+      <c r="P64" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>323</v>
+      </c>
+      <c r="B65" t="s">
+        <v>324</v>
+      </c>
+      <c r="C65" t="s">
+        <v>32</v>
+      </c>
+      <c r="D65" t="s">
+        <v>325</v>
+      </c>
+      <c r="E65" t="s">
+        <v>194</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>35</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>36</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>326</v>
+      </c>
+      <c r="P65" t="s">
         <v>211</v>
       </c>
-      <c r="B58" t="s">
-[...21 lines deleted...]
-      <c r="J58" t="s">
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>327</v>
+      </c>
+      <c r="B66" t="s">
+        <v>328</v>
+      </c>
+      <c r="C66" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" t="s">
+        <v>329</v>
+      </c>
+      <c r="E66" t="s">
+        <v>194</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K58" t="s">
-[...330 lines deleted...]
-        <v>1993</v>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2009</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
+        <v>35</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>36</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>330</v>
+      </c>
+      <c r="P66" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>331</v>
+      </c>
+      <c r="B67" t="s">
+        <v>192</v>
+      </c>
+      <c r="C67" t="s">
+        <v>32</v>
+      </c>
+      <c r="D67" t="s">
+        <v>193</v>
+      </c>
+      <c r="E67" t="s">
+        <v>194</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K66" t="s">
-[...2 lines deleted...]
-      <c r="L66" t="s">
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>35</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>197</v>
+      </c>
+      <c r="M67" t="s">
         <v>36</v>
       </c>
-      <c r="M66" t="s">
-[...7 lines deleted...]
-      <c r="A67" t="s">
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>332</v>
+      </c>
+      <c r="P67" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>333</v>
+      </c>
+      <c r="B68" t="s">
+        <v>206</v>
+      </c>
+      <c r="C68" t="s">
+        <v>32</v>
+      </c>
+      <c r="D68" t="s">
+        <v>207</v>
+      </c>
+      <c r="E68" t="s">
+        <v>194</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2009</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>208</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>209</v>
+      </c>
+      <c r="M68" t="s">
+        <v>36</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>334</v>
+      </c>
+      <c r="P68" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>335</v>
+      </c>
+      <c r="B69" t="s">
+        <v>336</v>
+      </c>
+      <c r="C69" t="s">
+        <v>32</v>
+      </c>
+      <c r="D69" t="s">
         <v>238</v>
       </c>
-      <c r="B67" t="s">
+      <c r="E69" t="s">
+        <v>194</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>35</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>36</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>337</v>
+      </c>
+      <c r="P69" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>338</v>
+      </c>
+      <c r="B70" t="s">
+        <v>339</v>
+      </c>
+      <c r="C70" t="s">
         <v>32</v>
       </c>
-      <c r="C67" t="s">
-[...17 lines deleted...]
-      <c r="I67" t="s">
+      <c r="D70" t="s">
+        <v>218</v>
+      </c>
+      <c r="E70" t="s">
+        <v>194</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2004</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>208</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>219</v>
+      </c>
+      <c r="M70" t="s">
+        <v>36</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>340</v>
+      </c>
+      <c r="P70" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>341</v>
+      </c>
+      <c r="B71" t="s">
+        <v>88</v>
+      </c>
+      <c r="C71" t="s">
+        <v>32</v>
+      </c>
+      <c r="D71" t="s">
+        <v>89</v>
+      </c>
+      <c r="E71" t="s">
+        <v>194</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
         <v>35</v>
       </c>
-      <c r="J67" t="s">
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>36</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>342</v>
+      </c>
+      <c r="P71" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>343</v>
+      </c>
+      <c r="B72" t="s">
+        <v>344</v>
+      </c>
+      <c r="C72" t="s">
+        <v>32</v>
+      </c>
+      <c r="D72" t="s">
+        <v>223</v>
+      </c>
+      <c r="E72" t="s">
+        <v>194</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K67"/>
-      <c r="L67" t="s">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2009</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>35</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>224</v>
+      </c>
+      <c r="M72" t="s">
         <v>36</v>
       </c>
-      <c r="M67" t="s">
-[...22 lines deleted...]
-      <c r="F68" t="s">
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>345</v>
+      </c>
+      <c r="P72" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>346</v>
+      </c>
+      <c r="B73" t="s">
+        <v>347</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>348</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2003</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>349</v>
+      </c>
+      <c r="M73" t="s">
+        <v>122</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>350</v>
+      </c>
+      <c r="P73" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>351</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>352</v>
+      </c>
+      <c r="E74" t="s">
+        <v>194</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2021</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>173</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>353</v>
+      </c>
+      <c r="P74" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>355</v>
+      </c>
+      <c r="B75" t="s">
+        <v>356</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>238</v>
+      </c>
+      <c r="E75" t="s">
+        <v>194</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2003</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>173</v>
+      </c>
+      <c r="K75" t="s">
+        <v>357</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>128</v>
+      </c>
+      <c r="O75" t="s">
+        <v>358</v>
+      </c>
+      <c r="P75" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>359</v>
+      </c>
+      <c r="B76" t="s">
+        <v>360</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>361</v>
+      </c>
+      <c r="E76" t="s">
+        <v>194</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2018</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>173</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>362</v>
+      </c>
+      <c r="P76" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>363</v>
+      </c>
+      <c r="B77" t="s">
+        <v>364</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>361</v>
+      </c>
+      <c r="E77" t="s">
+        <v>194</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2016</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>173</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>26</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>365</v>
+      </c>
+      <c r="P77" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>366</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
         <v>19</v>
       </c>
-      <c r="G68">
-[...6 lines deleted...]
-      <c r="J68" t="s">
+      <c r="E78" t="s">
+        <v>194</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K68" t="s">
-[...40 lines deleted...]
-      <c r="J69" t="s">
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2010</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>173</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>367</v>
+      </c>
+      <c r="P78" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>368</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>369</v>
+      </c>
+      <c r="E79" t="s">
+        <v>194</v>
+      </c>
+      <c r="F79" t="s">
         <v>21</v>
       </c>
-      <c r="K69" t="s">
-[...40 lines deleted...]
-      <c r="J70" t="s">
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2011</v>
+      </c>
+      <c r="I79">
+        <v>2016</v>
+      </c>
+      <c r="J79" t="s">
+        <v>173</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>26</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>370</v>
+      </c>
+      <c r="P79" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>371</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>372</v>
+      </c>
+      <c r="E80" t="s">
+        <v>194</v>
+      </c>
+      <c r="F80" t="s">
         <v>21</v>
       </c>
-      <c r="K70"/>
-[...38 lines deleted...]
-      <c r="J71" t="s">
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>173</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>26</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>373</v>
+      </c>
+      <c r="P80" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>374</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>375</v>
+      </c>
+      <c r="E81" t="s">
+        <v>194</v>
+      </c>
+      <c r="F81" t="s">
         <v>21</v>
       </c>
-      <c r="K71" t="s">
-[...118 lines deleted...]
-      <c r="H74">
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2015</v>
       </c>
-      <c r="I74" t="s">
-[...299 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="K81" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N81" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>376</v>
+      </c>
+      <c r="P81" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="B82"/>
       <c r="C82" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>233</v>
       </c>
       <c r="E82" t="s">
-        <v>234</v>
+        <v>194</v>
       </c>
       <c r="F82" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
+        <v>173</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>26</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>378</v>
+      </c>
+      <c r="P82" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>379</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>19</v>
+      </c>
+      <c r="E83" t="s">
+        <v>194</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K82" t="s">
-[...32 lines deleted...]
-        <v>1997</v>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
+        <v>173</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>26</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>380</v>
+      </c>
+      <c r="P83" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>381</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>382</v>
+      </c>
+      <c r="E84" t="s">
+        <v>194</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K83" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
+        <v>173</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>26</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>383</v>
+      </c>
+      <c r="P84" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>384</v>
+      </c>
+      <c r="B85" t="s">
+        <v>385</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>386</v>
+      </c>
+      <c r="E85" t="s">
+        <v>194</v>
+      </c>
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K84" t="s">
-[...32 lines deleted...]
-        <v>1992</v>
+      <c r="G85" t="s">
+        <v>22</v>
       </c>
       <c r="H85">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
+        <v>173</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>26</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>387</v>
+      </c>
+      <c r="P85"/>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>388</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>389</v>
+      </c>
+      <c r="E86" t="s">
+        <v>194</v>
+      </c>
+      <c r="F86" t="s">
         <v>21</v>
       </c>
-      <c r="K85" t="s">
-[...31 lines deleted...]
-      <c r="G86">
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2020</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>173</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>26</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>390</v>
+      </c>
+      <c r="P86" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>391</v>
+      </c>
+      <c r="B87"/>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>392</v>
+      </c>
+      <c r="E87" t="s">
+        <v>194</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2010</v>
       </c>
-      <c r="H86">
-[...5 lines deleted...]
-      <c r="J86" t="s">
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>173</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>26</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>393</v>
+      </c>
+      <c r="P87" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>394</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>361</v>
+      </c>
+      <c r="E88" t="s">
+        <v>194</v>
+      </c>
+      <c r="F88" t="s">
         <v>21</v>
       </c>
-      <c r="K86"/>
-[...17 lines deleted...]
-      <c r="C87" t="s">
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2018</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>173</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>395</v>
+      </c>
+      <c r="P88" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>396</v>
+      </c>
+      <c r="B89" t="s">
+        <v>397</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>398</v>
+      </c>
+      <c r="E89" t="s">
+        <v>194</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2020</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>173</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>399</v>
+      </c>
+      <c r="P89" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>400</v>
+      </c>
+      <c r="B90" t="s">
+        <v>401</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>402</v>
+      </c>
+      <c r="E90" t="s">
+        <v>194</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2002</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>173</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>403</v>
+      </c>
+      <c r="P90" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>404</v>
+      </c>
+      <c r="B91" t="s">
+        <v>405</v>
+      </c>
+      <c r="C91" t="s">
+        <v>406</v>
+      </c>
+      <c r="D91" t="s">
+        <v>33</v>
+      </c>
+      <c r="E91" t="s">
+        <v>194</v>
+      </c>
+      <c r="F91" t="s">
+        <v>407</v>
+      </c>
+      <c r="G91" t="s">
+        <v>408</v>
+      </c>
+      <c r="H91">
+        <v>2024</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>409</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>410</v>
+      </c>
+      <c r="M91" t="s">
+        <v>411</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>412</v>
+      </c>
+      <c r="P91" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>414</v>
+      </c>
+      <c r="B92" t="s">
+        <v>415</v>
+      </c>
+      <c r="C92" t="s">
+        <v>406</v>
+      </c>
+      <c r="D92" t="s">
+        <v>416</v>
+      </c>
+      <c r="E92" t="s">
+        <v>194</v>
+      </c>
+      <c r="F92" t="s">
+        <v>417</v>
+      </c>
+      <c r="G92" t="s">
+        <v>408</v>
+      </c>
+      <c r="H92">
+        <v>2024</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>409</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>418</v>
+      </c>
+      <c r="M92" t="s">
+        <v>411</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>419</v>
+      </c>
+      <c r="P92" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>420</v>
+      </c>
+      <c r="B93" t="s">
+        <v>421</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
         <v>301</v>
       </c>
-      <c r="D87" t="s">
-[...53 lines deleted...]
-      <c r="H88">
+      <c r="E93" t="s">
+        <v>194</v>
+      </c>
+      <c r="F93" t="s">
+        <v>195</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2016</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>422</v>
+      </c>
+      <c r="P93" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>424</v>
+      </c>
+      <c r="B94" t="s">
+        <v>425</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>301</v>
+      </c>
+      <c r="E94" t="s">
+        <v>194</v>
+      </c>
+      <c r="F94" t="s">
+        <v>195</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2016</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>26</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>426</v>
+      </c>
+      <c r="P94" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>428</v>
+      </c>
+      <c r="B95" t="s">
+        <v>429</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>375</v>
+      </c>
+      <c r="E95" t="s">
+        <v>194</v>
+      </c>
+      <c r="F95" t="s">
+        <v>407</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2015</v>
       </c>
-      <c r="I88" t="s">
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>26</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>430</v>
+      </c>
+      <c r="P95" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>431</v>
+      </c>
+      <c r="B96" t="s">
+        <v>432</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>301</v>
+      </c>
+      <c r="E96" t="s">
+        <v>194</v>
+      </c>
+      <c r="F96" t="s">
+        <v>407</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2018</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>26</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>433</v>
+      </c>
+      <c r="P96" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>435</v>
+      </c>
+      <c r="B97" t="s">
+        <v>436</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>301</v>
+      </c>
+      <c r="E97" t="s">
         <v>20</v>
       </c>
-      <c r="J88" t="s">
-[...5 lines deleted...]
-      <c r="L88" t="s">
+      <c r="F97" t="s">
+        <v>407</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2018</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
         <v>23</v>
       </c>
-      <c r="M88" t="s">
-[...29 lines deleted...]
-      <c r="I89" t="s">
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>437</v>
+      </c>
+      <c r="P97" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>439</v>
+      </c>
+      <c r="B98" t="s">
+        <v>440</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>150</v>
+      </c>
+      <c r="E98" t="s">
         <v>20</v>
       </c>
-      <c r="J89" t="s">
-[...374 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>195</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
         <v>2013</v>
       </c>
-      <c r="I98" t="s">
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>151</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>441</v>
+      </c>
+      <c r="P98" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>443</v>
+      </c>
+      <c r="B99" t="s">
+        <v>444</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" t="s">
         <v>20</v>
       </c>
-      <c r="J98" t="s">
+      <c r="F99" t="s">
         <v>21</v>
       </c>
-      <c r="K98" t="s">
-[...2 lines deleted...]
-      <c r="L98" t="s">
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2010</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
         <v>23</v>
       </c>
-      <c r="M98" t="s">
-[...37 lines deleted...]
-      <c r="K99"/>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
       <c r="L99" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N99" t="s">
-        <v>340</v>
-[...121 lines deleted...]
-      <c r="K102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>446</v>
+      </c>
+      <c r="P99" t="s">
         <v>29</v>
       </c>
-      <c r="L102" t="s">
-[...6389 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>