--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,1502 +12,1047 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
-    <t>CNS 11010-89: Electric Water Heaters</t>
-[...17 lines deleted...]
-    <t>Clothes Dryers</t>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
-[...22 lines deleted...]
-  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
-    <t>Energy Conservation Label - Television</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
-[...14 lines deleted...]
-    <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
-[...2 lines deleted...]
-    <t>Ovens</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>CNS 12492</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
+  </si>
+  <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
+    <t>ISO 5801 and AMCA 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...229 lines deleted...]
-    <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
-    <t>Fluorescent tubes</t>
-[...7 lines deleted...]
-  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
-    <t>Greenmark N 17 - Personal Computers -System Unit</t>
-[...20 lines deleted...]
-    <t>Greenmark N100 - Transformers</t>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N146 - Electric Paper Shredders</t>
+  </si>
+  <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N147 - Electric Coffeemakers</t>
+  </si>
+  <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N150 - Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
-[...32 lines deleted...]
-    <t>Greenmark N126 - Electric Kettles</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
+  </si>
+  <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N82 - Portable Projectors</t>
+  </si>
+  <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>MEPS - Dehumidifier</t>
+  </si>
+  <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
+  </si>
+  <si>
+    <t>MEPS for Water Chillers</t>
+  </si>
+  <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>CNS 12575 CNS 12812</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
-[...296 lines deleted...]
-    <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
-[...127 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...13 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
-    <t>RACs Packaged Terminal - Taiwan</t>
-[...40 lines deleted...]
-  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
-    <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
+  </si>
+  <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1771,6665 +1316,3138 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N155"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="608.566" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>58</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>117</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>59</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...31 lines deleted...]
-      <c r="I3" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>88</v>
+      </c>
+      <c r="L22" t="s">
+        <v>142</v>
+      </c>
+      <c r="M22" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K23" t="s">
+        <v>144</v>
+      </c>
+      <c r="L23" t="s">
+        <v>142</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
-[...8 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>148</v>
+      </c>
+      <c r="P24" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>152</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...5 lines deleted...]
-      <c r="L4" t="s">
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>59</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...28 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F27" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...907 lines deleted...]
-        <v>2000</v>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>59</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
         <v>20</v>
       </c>
-      <c r="J27" t="s">
-[...28 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>33</v>
       </c>
-      <c r="F28" t="s">
-[...3 lines deleted...]
-        <v>2010</v>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I28" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>59</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>167</v>
+      </c>
+      <c r="P28" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>171</v>
+      </c>
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J28" t="s">
-[...28 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>33</v>
       </c>
-      <c r="F29" t="s">
-[...6 lines deleted...]
-      <c r="I29" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>59</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B30" t="s">
+        <v>175</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>176</v>
+      </c>
+      <c r="E30" t="s">
         <v>20</v>
       </c>
-      <c r="J29" t="s">
-[...28 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>33</v>
       </c>
-      <c r="F30" t="s">
-[...3 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I30" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>59</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>177</v>
+      </c>
+      <c r="P30" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" t="s">
         <v>20</v>
       </c>
-      <c r="J30" t="s">
-[...28 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>33</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H31"/>
-      <c r="I31" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J31" t="s">
-[...5 lines deleted...]
-      <c r="L31" t="s">
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="M31" t="s">
-[...19 lines deleted...]
-      <c r="E32" t="s">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>189</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>33</v>
       </c>
-      <c r="F32" t="s">
-[...47 lines deleted...]
-        <v>2000</v>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>190</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>59</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J33" t="s">
-[...28 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>33</v>
       </c>
-      <c r="F34" t="s">
-[...3 lines deleted...]
-        <v>2010</v>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
-      <c r="I34" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>195</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>200</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J34" t="s">
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>198</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" t="s">
+        <v>204</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>205</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>206</v>
+      </c>
+      <c r="P36" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>205</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>210</v>
+      </c>
+      <c r="P37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>212</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...31 lines deleted...]
-      <c r="G35">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>76</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>214</v>
+      </c>
+      <c r="P38" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>215</v>
+      </c>
+      <c r="B39" t="s">
+        <v>216</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>217</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>218</v>
+      </c>
+      <c r="M39" t="s">
+        <v>59</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>219</v>
+      </c>
+      <c r="P39" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>220</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>221</v>
+      </c>
+      <c r="E40" t="s">
+        <v>222</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>111</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>223</v>
+      </c>
+      <c r="P40" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>225</v>
+      </c>
+      <c r="B41" t="s">
+        <v>226</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>141</v>
+      </c>
+      <c r="E41" t="s">
+        <v>222</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2003</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>111</v>
+      </c>
+      <c r="K41" t="s">
+        <v>227</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>65</v>
+      </c>
+      <c r="O41" t="s">
+        <v>228</v>
+      </c>
+      <c r="P41" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>229</v>
+      </c>
+      <c r="B42" t="s">
+        <v>230</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>231</v>
+      </c>
+      <c r="E42" t="s">
+        <v>222</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2018</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>111</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>232</v>
+      </c>
+      <c r="P42" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>233</v>
+      </c>
+      <c r="B43" t="s">
+        <v>234</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="E43" t="s">
+        <v>222</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>111</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>235</v>
+      </c>
+      <c r="P43" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>236</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>222</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>111</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>237</v>
+      </c>
+      <c r="P44" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>239</v>
+      </c>
+      <c r="E45" t="s">
+        <v>222</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45">
+        <v>2016</v>
+      </c>
+      <c r="J45" t="s">
+        <v>111</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>240</v>
+      </c>
+      <c r="P45" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>241</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>242</v>
+      </c>
+      <c r="E46" t="s">
+        <v>222</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>111</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>243</v>
+      </c>
+      <c r="P46" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>245</v>
+      </c>
+      <c r="E47" t="s">
+        <v>222</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>111</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>246</v>
+      </c>
+      <c r="P47" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>136</v>
+      </c>
+      <c r="E48" t="s">
+        <v>222</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>111</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>248</v>
+      </c>
+      <c r="P48" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>249</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>222</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2012</v>
       </c>
-      <c r="H35">
-[...5 lines deleted...]
-      <c r="J35" t="s">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>111</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>250</v>
+      </c>
+      <c r="P49" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>252</v>
+      </c>
+      <c r="E50" t="s">
+        <v>222</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...38 lines deleted...]
-      <c r="J36" t="s">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>111</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>253</v>
+      </c>
+      <c r="P50" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>254</v>
+      </c>
+      <c r="B51" t="s">
+        <v>255</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>256</v>
+      </c>
+      <c r="E51" t="s">
+        <v>222</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...40 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2002</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>111</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>257</v>
+      </c>
+      <c r="P51"/>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>258</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>259</v>
+      </c>
+      <c r="E52" t="s">
+        <v>222</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...632 lines deleted...]
-        <v>1994</v>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2020</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
+        <v>111</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>260</v>
+      </c>
+      <c r="P52" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>261</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>262</v>
+      </c>
+      <c r="E53" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K52" t="s">
-[...32 lines deleted...]
-        <v>1992</v>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
+        <v>2010</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>111</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>263</v>
+      </c>
+      <c r="P53" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>264</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>231</v>
+      </c>
+      <c r="E54" t="s">
+        <v>222</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2018</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>111</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>265</v>
+      </c>
+      <c r="P54" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>266</v>
+      </c>
+      <c r="B55" t="s">
+        <v>267</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>268</v>
+      </c>
+      <c r="E55" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2020</v>
       </c>
-      <c r="I53" t="s">
-[...2 lines deleted...]
-      <c r="J53" t="s">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>111</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>269</v>
+      </c>
+      <c r="P55" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>270</v>
+      </c>
+      <c r="B56" t="s">
+        <v>271</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>272</v>
+      </c>
+      <c r="E56" t="s">
+        <v>222</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K53" t="s">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2002</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>111</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>273</v>
+      </c>
+      <c r="P56" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>274</v>
+      </c>
+      <c r="B57" t="s">
+        <v>275</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
         <v>205</v>
       </c>
-      <c r="L53" t="s">
-[...78 lines deleted...]
-      <c r="I55" t="s">
+      <c r="E57" t="s">
+        <v>222</v>
+      </c>
+      <c r="F57" t="s">
+        <v>276</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2016</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>277</v>
+      </c>
+      <c r="P57" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>279</v>
+      </c>
+      <c r="B58" t="s">
+        <v>280</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>205</v>
+      </c>
+      <c r="E58" t="s">
+        <v>222</v>
+      </c>
+      <c r="F58" t="s">
+        <v>276</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>281</v>
+      </c>
+      <c r="P58" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>283</v>
+      </c>
+      <c r="B59" t="s">
+        <v>284</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>245</v>
+      </c>
+      <c r="E59" t="s">
+        <v>222</v>
+      </c>
+      <c r="F59" t="s">
+        <v>285</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>286</v>
+      </c>
+      <c r="P59" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>287</v>
+      </c>
+      <c r="B60" t="s">
+        <v>288</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>205</v>
+      </c>
+      <c r="E60" t="s">
+        <v>222</v>
+      </c>
+      <c r="F60" t="s">
+        <v>285</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2018</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>289</v>
+      </c>
+      <c r="P60" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>291</v>
+      </c>
+      <c r="B61" t="s">
+        <v>292</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>205</v>
+      </c>
+      <c r="E61" t="s">
         <v>20</v>
       </c>
-      <c r="J55" t="s">
-[...38 lines deleted...]
-      <c r="I56" t="s">
+      <c r="F61" t="s">
+        <v>285</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2018</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>293</v>
+      </c>
+      <c r="P61" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>295</v>
+      </c>
+      <c r="B62" t="s">
+        <v>296</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>87</v>
+      </c>
+      <c r="E62" t="s">
         <v>20</v>
       </c>
-      <c r="J56" t="s">
-[...242 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>276</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
-      <c r="I62" t="s">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>88</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>297</v>
+      </c>
+      <c r="P62" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>299</v>
+      </c>
+      <c r="B63" t="s">
+        <v>300</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" t="s">
         <v>20</v>
       </c>
-      <c r="J62" t="s">
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K62" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K63" t="s">
-        <v>232</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>23</v>
+        <v>301</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N63" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>302</v>
+      </c>
+      <c r="P63" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>235</v>
+        <v>303</v>
       </c>
       <c r="B64" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="C64" t="s">
-        <v>27</v>
+        <v>305</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="E64" t="s">
-        <v>33</v>
+        <v>222</v>
       </c>
       <c r="F64" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>307</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="K64" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>81</v>
+        <v>309</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="N64" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>311</v>
+      </c>
+      <c r="O64" t="s">
+        <v>312</v>
+      </c>
+      <c r="P64" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>237</v>
+        <v>314</v>
       </c>
       <c r="B65" t="s">
-        <v>15</v>
+        <v>315</v>
       </c>
       <c r="C65" t="s">
-        <v>123</v>
+        <v>305</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="E65" t="s">
-        <v>33</v>
+        <v>222</v>
       </c>
       <c r="F65" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>307</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K65"/>
+        <v>308</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
       <c r="L65" t="s">
-        <v>23</v>
+        <v>309</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="N65" t="s">
-        <v>238</v>
-[...1216 lines deleted...]
-      <c r="N94" t="s">
         <v>311</v>
       </c>
-    </row>
-[...85 lines deleted...]
-      <c r="A97" t="s">
+      <c r="O65" t="s">
         <v>316</v>
       </c>
-      <c r="B97" t="s">
-[...2445 lines deleted...]
-      </c>
+      <c r="P65"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>