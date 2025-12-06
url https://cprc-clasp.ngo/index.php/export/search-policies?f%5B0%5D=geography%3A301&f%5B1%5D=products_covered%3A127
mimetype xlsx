--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,188 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -457,275 +482,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="842.223" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...9 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...59 lines deleted...]
-        <v>32</v>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>