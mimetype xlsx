--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,371 +12,471 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,1045 +740,1178 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="461.173" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
-      </c>
-[...198 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1981</v>
+      </c>
+      <c r="I8">
+        <v>1982</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>69</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>62</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...5 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...4 lines deleted...]
-      <c r="A8" t="s">
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
-[...20 lines deleted...]
-      <c r="I8" t="s">
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...22 lines deleted...]
-      <c r="G9">
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
         <v>2003</v>
       </c>
-      <c r="H9"/>
-[...12 lines deleted...]
-      <c r="M9" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...22 lines deleted...]
-      <c r="G10">
+      <c r="L13" t="s">
+        <v>87</v>
+      </c>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2003</v>
       </c>
-      <c r="H10"/>
-[...12 lines deleted...]
-      <c r="M10" t="s">
+      <c r="I14">
+        <v>2005</v>
+      </c>
+      <c r="J14" t="s">
+        <v>92</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...165 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C15" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
       <c r="E15" t="s">
-        <v>47</v>
+        <v>91</v>
       </c>
       <c r="F15" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>62</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
         <v>2003</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-      <c r="L15" t="s">
+        <v>92</v>
+      </c>
+      <c r="K15" t="s">
+        <v>97</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>41</v>
+      </c>
+      <c r="O15" t="s">
+        <v>98</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>92</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>101</v>
+      </c>
+      <c r="P16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>91</v>
+      </c>
+      <c r="F17" t="s">
+        <v>62</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>92</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1991</v>
+      </c>
+      <c r="I18">
+        <v>2009</v>
+      </c>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="M15" t="s">
-[...28 lines deleted...]
-      <c r="H16">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>107</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>108</v>
+      </c>
+      <c r="P18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1991</v>
+      </c>
+      <c r="I19">
+        <v>2002</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>111</v>
+      </c>
+      <c r="P19" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1991</v>
+      </c>
+      <c r="I20">
         <v>2016</v>
       </c>
-      <c r="I16" t="s">
-[...6 lines deleted...]
-      <c r="L16" t="s">
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M16" t="s">
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...36 lines deleted...]
-      <c r="M17" t="s">
+      <c r="L20" t="s">
+        <v>114</v>
+      </c>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>115</v>
+      </c>
+      <c r="P20" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>118</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>119</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>120</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...19 lines deleted...]
-      <c r="F18" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>123</v>
+      </c>
+      <c r="B22" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G18">
-[...5 lines deleted...]
-      <c r="I18" t="s">
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J18" t="s">
-[...46 lines deleted...]
-      <c r="K19" t="s">
+      <c r="F22" t="s">
+        <v>119</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
-      </c>
-[...116 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H22">
         <v>2010</v>
       </c>
-      <c r="I22" t="s">
-        <v>20</v>
+      <c r="I22">
+        <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
-        <v>93</v>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>125</v>
+      </c>
+      <c r="P22" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>