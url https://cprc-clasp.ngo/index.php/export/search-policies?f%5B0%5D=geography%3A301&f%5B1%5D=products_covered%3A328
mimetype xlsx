--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,230 +12,273 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,455 +542,506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="461.173" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2005</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1991</v>
+      </c>
+      <c r="I5">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>1991</v>
+      </c>
+      <c r="I6">
+        <v>2002</v>
+      </c>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L6" t="s">
         <v>25</v>
       </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1991</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...55 lines deleted...]
-      <c r="F5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...5 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...46 lines deleted...]
-      <c r="K6" t="s">
+      <c r="F8" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...74 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
-        <v>20</v>
+      <c r="I8">
+        <v>2010</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>46</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>