--- v0 (2025-10-10)
+++ v1 (2025-12-05)
@@ -12,275 +12,351 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -544,655 +620,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...72 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H4">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>33</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...6 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>38</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-      <c r="A6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...6 lines deleted...]
-      <c r="I6" t="s">
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>40</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...6 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...3 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>43</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-      <c r="A8" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
         <v>44</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
         <v>45</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>46</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...6 lines deleted...]
-      <c r="I8" t="s">
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>73</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>80</v>
+      </c>
+      <c r="P12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
-[...196 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>84</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
-      <c r="I13" t="s">
-        <v>20</v>
+      <c r="I13">
+        <v>2011</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>61</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>