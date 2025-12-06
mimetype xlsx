--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,263 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -532,479 +584,536 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="69" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="119" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-        <v>38</v>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...18 lines deleted...]
-      <c r="G5">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...3 lines deleted...]
-      <c r="J5" t="s">
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
-[...20 lines deleted...]
-      <c r="J6" t="s">
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-      <c r="K6" t="s">
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
         <v>44</v>
       </c>
-      <c r="L6" t="s">
-[...13 lines deleted...]
-      <c r="B7" t="s">
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C7" t="s">
-[...113 lines deleted...]
-        <v>57</v>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>