--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,218 +12,246 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+  </si>
+  <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,313 +515,346 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>1982</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...111 lines deleted...]
-        <v>42</v>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>