--- v0 (2025-12-12)
+++ v1 (2026-02-23)
@@ -4285,51 +4285,51 @@
       </c>
       <c r="P27" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>196</v>
       </c>
       <c r="B28" t="s">
         <v>197</v>
       </c>
       <c r="C28" t="s">
         <v>31</v>
       </c>
       <c r="D28" t="s">
         <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
         <v>199</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>200</v>
       </c>
       <c r="M28" t="s">
         <v>37</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>201</v>
       </c>