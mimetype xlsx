--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="698">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="700">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1957,50 +1957,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -2121,50 +2124,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -2615,51 +2621,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7683,1001 +7689,1001 @@
       </c>
       <c r="P105" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>597</v>
       </c>
       <c r="B106" t="s">
         <v>598</v>
       </c>
       <c r="C106" t="s">
         <v>31</v>
       </c>
       <c r="D106" t="s">
         <v>294</v>
       </c>
       <c r="E106" t="s">
         <v>300</v>
       </c>
       <c r="F106" t="s">
         <v>215</v>
       </c>
       <c r="G106" t="s">
-        <v>547</v>
+        <v>599</v>
       </c>
       <c r="H106">
         <v>2004</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="M106" t="s">
         <v>585</v>
       </c>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P106" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C107" t="s">
         <v>31</v>
       </c>
       <c r="D107" t="s">
         <v>294</v>
       </c>
       <c r="E107" t="s">
         <v>300</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>34</v>
       </c>
       <c r="H107">
         <v>2004</v>
       </c>
       <c r="I107">
         <v>2021</v>
       </c>
       <c r="J107" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>585</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P107" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B108" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C108" t="s">
         <v>31</v>
       </c>
       <c r="D108" t="s">
         <v>110</v>
       </c>
       <c r="E108" t="s">
         <v>300</v>
       </c>
       <c r="F108" t="s">
         <v>215</v>
       </c>
       <c r="G108" t="s">
         <v>34</v>
       </c>
       <c r="H108">
         <v>1978</v>
       </c>
       <c r="I108">
         <v>2017</v>
       </c>
       <c r="J108" t="s">
         <v>43</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
         <v>585</v>
       </c>
       <c r="N108" t="s">
         <v>26</v>
       </c>
       <c r="O108" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P108" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B109" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C109" t="s">
         <v>31</v>
       </c>
       <c r="D109" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>215</v>
       </c>
       <c r="G109" t="s">
         <v>79</v>
       </c>
       <c r="H109">
         <v>2013</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>120</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
         <v>585</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
       <c r="O109" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P109" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B110" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C110" t="s">
         <v>31</v>
       </c>
       <c r="D110" t="s">
         <v>209</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>215</v>
       </c>
       <c r="G110" t="s">
         <v>79</v>
       </c>
       <c r="H110">
         <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>120</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>585</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="P110" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B111" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C111" t="s">
         <v>31</v>
       </c>
       <c r="D111" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>215</v>
       </c>
       <c r="G111" t="s">
         <v>34</v>
       </c>
       <c r="H111">
         <v>2007</v>
       </c>
       <c r="I111">
         <v>2014</v>
       </c>
       <c r="J111" t="s">
         <v>120</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>585</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P111" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B112" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C112" t="s">
         <v>31</v>
       </c>
       <c r="D112" t="s">
         <v>209</v>
       </c>
       <c r="E112" t="s">
         <v>300</v>
       </c>
       <c r="F112" t="s">
         <v>215</v>
       </c>
       <c r="G112" t="s">
         <v>79</v>
       </c>
       <c r="H112">
         <v>2017</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>120</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
         <v>585</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P112" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B113" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C113" t="s">
         <v>31</v>
       </c>
       <c r="D113" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>215</v>
       </c>
       <c r="G113" t="s">
         <v>79</v>
       </c>
       <c r="H113">
         <v>2012</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>120</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
         <v>585</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P113" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B114" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C114" t="s">
         <v>31</v>
       </c>
       <c r="D114" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>215</v>
       </c>
       <c r="G114" t="s">
         <v>79</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>43</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>585</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
       <c r="O114" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P114" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B115" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C115" t="s">
         <v>31</v>
       </c>
       <c r="D115" t="s">
         <v>323</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>215</v>
       </c>
       <c r="G115" t="s">
         <v>79</v>
       </c>
       <c r="H115">
         <v>2013</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>120</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>585</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="P115" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B116" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C116" t="s">
         <v>31</v>
       </c>
       <c r="D116" t="s">
         <v>224</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>215</v>
       </c>
       <c r="G116" t="s">
         <v>79</v>
       </c>
       <c r="H116">
         <v>2013</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>120</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>585</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
       <c r="O116" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P116" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B117" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C117" t="s">
         <v>31</v>
       </c>
       <c r="D117" t="s">
         <v>262</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>215</v>
       </c>
       <c r="G117" t="s">
         <v>79</v>
       </c>
       <c r="H117">
         <v>2013</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>120</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
         <v>585</v>
       </c>
       <c r="N117" t="s">
         <v>26</v>
       </c>
       <c r="O117" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P117" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B118" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C118" t="s">
         <v>31</v>
       </c>
       <c r="D118" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>215</v>
       </c>
       <c r="G118" t="s">
-        <v>79</v>
+        <v>655</v>
       </c>
       <c r="H118">
         <v>2014</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
         <v>585</v>
       </c>
       <c r="N118" t="s">
         <v>26</v>
       </c>
       <c r="O118" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="P118" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B119" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C119" t="s">
         <v>31</v>
       </c>
       <c r="D119" t="s">
         <v>54</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>215</v>
       </c>
       <c r="G119" t="s">
         <v>34</v>
       </c>
       <c r="H119">
         <v>2014</v>
       </c>
       <c r="I119">
         <v>2024</v>
       </c>
       <c r="J119" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>585</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
       <c r="O119" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="P119" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B120" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C120" t="s">
         <v>31</v>
       </c>
       <c r="D120" t="s">
         <v>289</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>215</v>
       </c>
       <c r="G120" t="s">
         <v>79</v>
       </c>
       <c r="H120">
         <v>2014</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>120</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
         <v>585</v>
       </c>
       <c r="N120" t="s">
         <v>26</v>
       </c>
       <c r="O120" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="P120" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B121" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C121" t="s">
         <v>31</v>
       </c>
       <c r="D121" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>215</v>
       </c>
       <c r="G121" t="s">
         <v>79</v>
       </c>
       <c r="H121">
         <v>2016</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>120</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>585</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
       <c r="O121" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="P121" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B122" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C122" t="s">
         <v>31</v>
       </c>
       <c r="D122" t="s">
         <v>279</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>215</v>
       </c>
       <c r="G122" t="s">
         <v>79</v>
       </c>
       <c r="H122">
         <v>2016</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>120</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
         <v>585</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="P122" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B123" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C123" t="s">
         <v>31</v>
       </c>
       <c r="D123" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>215</v>
       </c>
       <c r="G123" t="s">
         <v>79</v>
       </c>
       <c r="H123">
         <v>2016</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>120</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>585</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
       <c r="O123" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="P123" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B124" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C124" t="s">
         <v>31</v>
       </c>
       <c r="D124" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E124" t="s">
         <v>268</v>
       </c>
       <c r="F124" t="s">
         <v>215</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>43</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>594</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="P124" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B125" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C125" t="s">
         <v>31</v>
       </c>
       <c r="D125" t="s">
         <v>127</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>215</v>
       </c>
       <c r="G125" t="s">
         <v>79</v>
       </c>
       <c r="H125">
         <v>2007</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>120</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
         <v>585</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="P125" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B126" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C126" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D126" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="G126" t="s">
         <v>79</v>
       </c>
       <c r="H126">
         <v>2021</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="K126" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="L126" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="M126" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="N126" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="O126" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="P126"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>