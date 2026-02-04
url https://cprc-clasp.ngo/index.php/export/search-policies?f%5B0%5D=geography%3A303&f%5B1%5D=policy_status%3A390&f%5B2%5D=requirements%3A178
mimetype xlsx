--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1314,50 +1314,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
@@ -1750,51 +1753,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -5120,304 +5123,304 @@
       </c>
       <c r="P71" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>407</v>
       </c>
       <c r="B72" t="s">
         <v>408</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
         <v>409</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>131</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>410</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>378</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="P72" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B73" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
         <v>203</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>131</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2014</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>33</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>378</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="P73" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B74" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>131</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2016</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>33</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>378</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P74" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B75" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
         <v>193</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>131</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2016</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>33</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>378</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P75" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B76" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>131</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2016</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>33</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>378</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P76" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B77" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
         <v>40</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>131</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2007</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>33</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>378</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P77" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">