--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -799,97 +799,133 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
     <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
     <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
   </si>
   <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
 This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1205,65 +1241,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P41"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="561.434" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3090,223 +3126,317 @@
       </c>
       <c r="O37" t="s">
         <v>235</v>
       </c>
       <c r="P37" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>237</v>
       </c>
       <c r="B38" t="s">
         <v>238</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>159</v>
       </c>
       <c r="E38" t="s">
         <v>228</v>
       </c>
       <c r="F38" t="s">
+        <v>229</v>
+      </c>
+      <c r="G38" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H38">
         <v>2004</v>
       </c>
-      <c r="I38">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
         <v>240</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38"/>
+      <c r="L38" t="s">
+        <v>241</v>
+      </c>
       <c r="M38" t="s">
         <v>230</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P38" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>92</v>
+        <v>159</v>
       </c>
       <c r="E39" t="s">
         <v>228</v>
       </c>
       <c r="F39" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>1978</v>
+        <v>2004</v>
       </c>
       <c r="I39">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J39" t="s">
-        <v>33</v>
+        <v>240</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>230</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P39" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B40" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>249</v>
+        <v>92</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>228</v>
       </c>
       <c r="F40" t="s">
         <v>229</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2007</v>
+        <v>1978</v>
       </c>
       <c r="I40">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J40" t="s">
-        <v>250</v>
+        <v>33</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>230</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>251</v>
       </c>
       <c r="P40" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>253</v>
       </c>
       <c r="B41" t="s">
         <v>254</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>229</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
         <v>2014</v>
       </c>
-      <c r="I41">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>240</v>
+        <v>256</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>230</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="P41" t="s">
-        <v>256</v>
+        <v>258</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>259</v>
+      </c>
+      <c r="B42" t="s">
+        <v>260</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>261</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>229</v>
+      </c>
+      <c r="G42" t="s">
+        <v>262</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>240</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>230</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>263</v>
+      </c>
+      <c r="P42" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>265</v>
+      </c>
+      <c r="B43" t="s">
+        <v>266</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>229</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>240</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>230</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>267</v>
+      </c>
+      <c r="P43" t="s">
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">