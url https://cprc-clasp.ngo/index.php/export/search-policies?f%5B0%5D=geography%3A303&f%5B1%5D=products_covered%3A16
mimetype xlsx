--- v0 (2025-10-14)
+++ v1 (2026-02-02)
@@ -12,480 +12,634 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -749,1155 +903,1308 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>41</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>42</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>79</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>78</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1997</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>80</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>80</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>105</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>80</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>80</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>80</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>80</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>78</v>
+      </c>
+      <c r="G19" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>80</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>80</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>80</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>80</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23">
+        <v>2004</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>80</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>156</v>
+      </c>
+      <c r="H24">
         <v>2021</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>157</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>159</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...140 lines deleted...]
-      <c r="A6" t="s">
+      <c r="F25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" t="s">
         <v>40</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>41</v>
       </c>
-      <c r="D6" t="s">
-[...817 lines deleted...]
-      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N25" t="s">
-        <v>116</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>