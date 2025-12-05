--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,234 +12,272 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
   </si>
   <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -503,365 +541,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="493.023" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...150 lines deleted...]
-        <v>44</v>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>