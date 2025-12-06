--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,320 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,649 +668,730 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="587.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>37</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>56</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>43</v>
+      </c>
+      <c r="F12" t="s">
+        <v>86</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>37</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" t="s">
+        <v>86</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...403 lines deleted...]
-      <c r="G13">
+      <c r="H13">
         <v>2023</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N13" t="s">
-        <v>68</v>
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>