--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,326 +12,424 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
   </si>
   <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -595,775 +693,874 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="761.957" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>69</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>85</v>
+      </c>
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1978</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>86</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>44</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>86</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>86</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>86</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...566 lines deleted...]
-        <v>74</v>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>