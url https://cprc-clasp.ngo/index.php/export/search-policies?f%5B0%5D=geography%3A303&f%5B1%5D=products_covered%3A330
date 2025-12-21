--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -12,237 +12,277 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -506,363 +546,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="90.692" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...9 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
         <v>2021</v>
       </c>
-      <c r="I3" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
-        <v>47</v>
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>