--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,263 +12,309 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
+  </si>
+  <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -532,405 +578,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="104" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
         <v>2021</v>
       </c>
-      <c r="H2">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...196 lines deleted...]
-        <v>51</v>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>