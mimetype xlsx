--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,224 +12,255 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,317 +524,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...108 lines deleted...]
-        <v>42</v>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>