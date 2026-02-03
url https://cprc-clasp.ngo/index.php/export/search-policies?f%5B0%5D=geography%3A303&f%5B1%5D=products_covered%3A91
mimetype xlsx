--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,218 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,319 +518,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...104 lines deleted...]
-        <v>42</v>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>