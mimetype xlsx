--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,813 +12,1090 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1082,2919 +1359,3220 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N66"/>
+  <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>58</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2008</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>58</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...32 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>51</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>49</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>51</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>40</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>49</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>51</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>51</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...38 lines deleted...]
-      <c r="L4" t="s">
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>49</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>51</v>
+      </c>
+      <c r="N15" t="s">
+        <v>58</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...31 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>49</v>
+      </c>
+      <c r="K16" t="s">
+        <v>107</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>51</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>77</v>
+      </c>
+      <c r="G17" t="s">
         <v>40</v>
-      </c>
-[...506 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H17">
         <v>2002</v>
       </c>
-      <c r="I17" t="s">
+      <c r="I17">
+        <v>2002</v>
+      </c>
+      <c r="J17" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" t="s">
+        <v>107</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>51</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
         <v>40</v>
       </c>
-      <c r="J17" t="s">
-[...34 lines deleted...]
-      <c r="G18">
+      <c r="H18">
         <v>1998</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2009</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K18" t="s">
+        <v>107</v>
+      </c>
+      <c r="L18" t="s">
+        <v>116</v>
+      </c>
+      <c r="M18" t="s">
+        <v>51</v>
+      </c>
+      <c r="N18" t="s">
+        <v>58</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
         <v>40</v>
-      </c>
-[...36 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>49</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>51</v>
+      </c>
+      <c r="N19" t="s">
+        <v>58</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>48</v>
+      </c>
+      <c r="G20" t="s">
         <v>40</v>
       </c>
-      <c r="J19" t="s">
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
+      <c r="M20" t="s">
+        <v>51</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...31 lines deleted...]
-      <c r="G20">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>49</v>
+      </c>
+      <c r="K21" t="s">
+        <v>107</v>
+      </c>
+      <c r="L21" t="s">
+        <v>131</v>
+      </c>
+      <c r="M21" t="s">
+        <v>51</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>111</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22">
         <v>2011</v>
       </c>
-      <c r="H20">
-[...5 lines deleted...]
-      <c r="J20" t="s">
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>49</v>
+      </c>
+      <c r="K22" t="s">
+        <v>107</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>51</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>106</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>48</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>49</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>138</v>
+      </c>
+      <c r="M23" t="s">
+        <v>51</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>139</v>
+      </c>
+      <c r="P23" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>46</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...31 lines deleted...]
-      <c r="G21">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-      <c r="I21" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>49</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>51</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>46</v>
+      </c>
+      <c r="D25" t="s">
+        <v>146</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" t="s">
         <v>40</v>
       </c>
-      <c r="J21" t="s">
-[...16 lines deleted...]
-      <c r="A22" t="s">
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>49</v>
+      </c>
+      <c r="K25" t="s">
         <v>107</v>
       </c>
-      <c r="B22" t="s">
-[...20 lines deleted...]
-      <c r="I22" t="s">
+      <c r="L25" t="s">
+        <v>147</v>
+      </c>
+      <c r="M25" t="s">
+        <v>51</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>149</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>46</v>
+      </c>
+      <c r="D26" t="s">
+        <v>151</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>48</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>49</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>152</v>
+      </c>
+      <c r="M26" t="s">
+        <v>51</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>153</v>
+      </c>
+      <c r="P26" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>46</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>48</v>
+      </c>
+      <c r="G27" t="s">
         <v>40</v>
-      </c>
-[...202 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
-      <c r="I27" t="s">
+      <c r="I27">
+        <v>2002</v>
+      </c>
+      <c r="J27" t="s">
+        <v>49</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>157</v>
+      </c>
+      <c r="M27" t="s">
+        <v>51</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>48</v>
+      </c>
+      <c r="G28" t="s">
         <v>40</v>
       </c>
-      <c r="J27" t="s">
-[...34 lines deleted...]
-      <c r="G28">
+      <c r="H28">
         <v>1999</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2009</v>
       </c>
-      <c r="I28" t="s">
+      <c r="J28" t="s">
+        <v>49</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+      <c r="M28" t="s">
+        <v>51</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>46</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>48</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2004</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>49</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>51</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" t="s">
+        <v>46</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>48</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>49</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>171</v>
+      </c>
+      <c r="M30" t="s">
+        <v>51</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>172</v>
+      </c>
+      <c r="P30" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>173</v>
+      </c>
+      <c r="B31" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" t="s">
+        <v>46</v>
+      </c>
+      <c r="D31" t="s">
+        <v>111</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>77</v>
+      </c>
+      <c r="G31" t="s">
         <v>40</v>
       </c>
-      <c r="J28" t="s">
-[...38 lines deleted...]
-      <c r="I29" t="s">
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2010</v>
+      </c>
+      <c r="J31" t="s">
+        <v>49</v>
+      </c>
+      <c r="K31" t="s">
+        <v>107</v>
+      </c>
+      <c r="L31" t="s">
+        <v>175</v>
+      </c>
+      <c r="M31" t="s">
+        <v>51</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>176</v>
+      </c>
+      <c r="P31" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>46</v>
+      </c>
+      <c r="D32" t="s">
+        <v>111</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>77</v>
+      </c>
+      <c r="G32" t="s">
         <v>40</v>
       </c>
-      <c r="J29" t="s">
-[...34 lines deleted...]
-      <c r="G30">
+      <c r="H32">
         <v>2002</v>
       </c>
-      <c r="H30"/>
-      <c r="I30" t="s">
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>49</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>51</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>179</v>
+      </c>
+      <c r="P32" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>180</v>
+      </c>
+      <c r="B33" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" t="s">
+        <v>46</v>
+      </c>
+      <c r="D33" t="s">
+        <v>182</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>48</v>
+      </c>
+      <c r="G33" t="s">
         <v>40</v>
-      </c>
-[...122 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H33">
         <v>2002</v>
       </c>
-      <c r="I33" t="s">
+      <c r="I33">
+        <v>2002</v>
+      </c>
+      <c r="J33" t="s">
+        <v>49</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>183</v>
+      </c>
+      <c r="M33" t="s">
+        <v>51</v>
+      </c>
+      <c r="N33" t="s">
+        <v>58</v>
+      </c>
+      <c r="O33" t="s">
+        <v>184</v>
+      </c>
+      <c r="P33" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>46</v>
+      </c>
+      <c r="D34" t="s">
+        <v>187</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>48</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>49</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>87</v>
+      </c>
+      <c r="M34" t="s">
+        <v>51</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>188</v>
+      </c>
+      <c r="P34" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>189</v>
+      </c>
+      <c r="B35" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35" t="s">
+        <v>46</v>
+      </c>
+      <c r="D35" t="s">
+        <v>191</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>48</v>
+      </c>
+      <c r="G35" t="s">
         <v>40</v>
-      </c>
-[...78 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
+      <c r="I35">
+        <v>2012</v>
+      </c>
+      <c r="J35" t="s">
+        <v>49</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>192</v>
+      </c>
+      <c r="M35" t="s">
+        <v>51</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>193</v>
+      </c>
+      <c r="P35" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>194</v>
+      </c>
+      <c r="B36" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" t="s">
+        <v>46</v>
+      </c>
+      <c r="D36" t="s">
+        <v>196</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>48</v>
+      </c>
+      <c r="G36" t="s">
         <v>40</v>
-      </c>
-[...36 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
-      <c r="I36" t="s">
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>49</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>51</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>197</v>
+      </c>
+      <c r="P36" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" t="s">
+        <v>200</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>48</v>
+      </c>
+      <c r="G37" t="s">
         <v>40</v>
-      </c>
-[...34 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>49</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>51</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>201</v>
+      </c>
+      <c r="P37" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>202</v>
+      </c>
+      <c r="B38" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" t="s">
+        <v>204</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>48</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>49</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>205</v>
+      </c>
+      <c r="M38" t="s">
+        <v>51</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>206</v>
+      </c>
+      <c r="P38" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>207</v>
+      </c>
+      <c r="B39" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>72</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>41</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>209</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>210</v>
+      </c>
+      <c r="P39" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>212</v>
+      </c>
+      <c r="B40" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>214</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>215</v>
+      </c>
+      <c r="P40" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>217</v>
+      </c>
+      <c r="B41" t="s">
+        <v>218</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>219</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
         <v>40</v>
       </c>
-      <c r="J37" t="s">
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>41</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>220</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>221</v>
+      </c>
+      <c r="P41" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K37"/>
-[...3 lines deleted...]
-      <c r="M37" t="s">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2019</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>225</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>226</v>
+      </c>
+      <c r="P42" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>228</v>
+      </c>
+      <c r="B43" t="s">
+        <v>229</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>230</v>
+      </c>
+      <c r="E43" t="s">
+        <v>231</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>225</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>232</v>
+      </c>
+      <c r="P43"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>219</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44">
+        <v>2017</v>
+      </c>
+      <c r="I44">
+        <v>2021</v>
+      </c>
+      <c r="J44" t="s">
+        <v>41</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>220</v>
+      </c>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>235</v>
+      </c>
+      <c r="P44" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>237</v>
+      </c>
+      <c r="B45" t="s">
+        <v>238</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>200</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45">
+        <v>2005</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>41</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>239</v>
+      </c>
+      <c r="M45" t="s">
+        <v>25</v>
+      </c>
+      <c r="N45" t="s">
+        <v>58</v>
+      </c>
+      <c r="O45" t="s">
+        <v>240</v>
+      </c>
+      <c r="P45" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>242</v>
+      </c>
+      <c r="B46" t="s">
+        <v>243</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>244</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>48</v>
+      </c>
+      <c r="G46" t="s">
+        <v>40</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>41</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>245</v>
+      </c>
+      <c r="M46" t="s">
+        <v>25</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>246</v>
+      </c>
+      <c r="P46" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" t="s">
+        <v>249</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>47</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>40</v>
+      </c>
+      <c r="H47">
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>41</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>250</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>251</v>
+      </c>
+      <c r="P47" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>40</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>41</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>255</v>
+      </c>
+      <c r="M48" t="s">
+        <v>25</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>256</v>
+      </c>
+      <c r="P48" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>204</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>40</v>
+      </c>
+      <c r="H49">
+        <v>2008</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>41</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>260</v>
+      </c>
+      <c r="P49" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>96</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>40</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>41</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>264</v>
+      </c>
+      <c r="M50" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>265</v>
+      </c>
+      <c r="P50" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>106</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>40</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
+      <c r="J51" t="s">
+        <v>41</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>25</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>269</v>
+      </c>
+      <c r="P51" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
+        <v>272</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>96</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>40</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52">
+        <v>2013</v>
+      </c>
+      <c r="J52" t="s">
+        <v>41</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>264</v>
+      </c>
+      <c r="M52" t="s">
+        <v>25</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>273</v>
+      </c>
+      <c r="P52" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>275</v>
+      </c>
+      <c r="B53" t="s">
+        <v>276</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>204</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>40</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2013</v>
+      </c>
+      <c r="J53" t="s">
+        <v>41</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>25</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>277</v>
+      </c>
+      <c r="P53" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>279</v>
+      </c>
+      <c r="B54" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>106</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
         <v>23</v>
       </c>
-      <c r="N37" t="s">
-[...26 lines deleted...]
-      <c r="I38" t="s">
+      <c r="K54" t="s">
+        <v>281</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>25</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>282</v>
+      </c>
+      <c r="P54" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>284</v>
+      </c>
+      <c r="B55" t="s">
+        <v>285</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>286</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
         <v>40</v>
-      </c>
-[...716 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H55">
         <v>2015</v>
       </c>
-      <c r="I55" t="s">
-        <v>34</v>
+      <c r="I55">
+        <v>2015</v>
       </c>
       <c r="J55" t="s">
+        <v>41</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>25</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>287</v>
+      </c>
+      <c r="P55" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
+        <v>290</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>120</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K55"/>
-      <c r="L55" t="s">
+      <c r="G56" t="s">
+        <v>40</v>
+      </c>
+      <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>41</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>25</v>
+      </c>
+      <c r="N56" t="s">
+        <v>58</v>
+      </c>
+      <c r="O56" t="s">
+        <v>291</v>
+      </c>
+      <c r="P56" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>293</v>
+      </c>
+      <c r="B57" t="s">
+        <v>294</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>151</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>40</v>
+      </c>
+      <c r="H57">
+        <v>2010</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>41</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>295</v>
+      </c>
+      <c r="M57" t="s">
+        <v>25</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>296</v>
+      </c>
+      <c r="P57" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>298</v>
+      </c>
+      <c r="B58" t="s">
+        <v>299</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>111</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>40</v>
+      </c>
+      <c r="H58">
+        <v>2010</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>225</v>
+      </c>
+      <c r="K58" t="s">
+        <v>300</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>25</v>
+      </c>
+      <c r="N58" t="s">
+        <v>58</v>
+      </c>
+      <c r="O58" t="s">
+        <v>301</v>
+      </c>
+      <c r="P58" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>303</v>
+      </c>
+      <c r="B59" t="s">
+        <v>304</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>305</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>40</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2015</v>
+      </c>
+      <c r="J59" t="s">
+        <v>41</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>306</v>
+      </c>
+      <c r="M59" t="s">
+        <v>25</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>307</v>
+      </c>
+      <c r="P59" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>309</v>
+      </c>
+      <c r="B60" t="s">
+        <v>310</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>86</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>40</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>41</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>306</v>
+      </c>
+      <c r="M60" t="s">
+        <v>25</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>311</v>
+      </c>
+      <c r="P60" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>313</v>
+      </c>
+      <c r="B61" t="s">
+        <v>314</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>86</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
         <v>22</v>
       </c>
-      <c r="M55" t="s">
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>41</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>306</v>
+      </c>
+      <c r="M61" t="s">
+        <v>25</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>315</v>
+      </c>
+      <c r="P61" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>317</v>
+      </c>
+      <c r="B62" t="s">
+        <v>318</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>319</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>40</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>225</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>25</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>320</v>
+      </c>
+      <c r="P62" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>322</v>
+      </c>
+      <c r="B63" t="s">
+        <v>323</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>319</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>41</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>25</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>324</v>
+      </c>
+      <c r="P63" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
+        <v>327</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>166</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>40</v>
+      </c>
+      <c r="H64">
+        <v>2011</v>
+      </c>
+      <c r="I64">
+        <v>2013</v>
+      </c>
+      <c r="J64" t="s">
         <v>23</v>
       </c>
-      <c r="N55" t="s">
-[...379 lines deleted...]
-      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N64" t="s">
-        <v>235</v>
-[...81 lines deleted...]
-        <v>239</v>
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>328</v>
+      </c>
+      <c r="P64" t="s">
+        <v>329</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>