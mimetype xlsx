--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,706 +12,1007 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -975,2271 +1276,2578 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>48</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>48</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>60</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>48</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>48</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>110</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2006</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>48</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>109</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>48</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>59</v>
+      </c>
+      <c r="G21" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21">
+        <v>1993</v>
+      </c>
+      <c r="I21">
+        <v>2007</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>48</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>110</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>48</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>66</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>150</v>
+      </c>
+      <c r="M23" t="s">
+        <v>48</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>156</v>
+      </c>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>41</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>167</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2019</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>172</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>175</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>58</v>
+      </c>
+      <c r="E28" t="s">
+        <v>177</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>172</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>178</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>40</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>41</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>181</v>
+      </c>
+      <c r="P29" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>183</v>
+      </c>
+      <c r="B30" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>185</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>41</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>186</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>187</v>
+      </c>
+      <c r="O30" t="s">
+        <v>188</v>
+      </c>
+      <c r="P30" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>192</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>59</v>
+      </c>
+      <c r="G31" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>193</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>144</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32">
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>41</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>198</v>
+      </c>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>199</v>
+      </c>
+      <c r="P32" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>201</v>
+      </c>
+      <c r="B33" t="s">
+        <v>202</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>138</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>40</v>
+      </c>
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>41</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>203</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>204</v>
+      </c>
+      <c r="P33" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>206</v>
+      </c>
+      <c r="B34" t="s">
+        <v>207</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>115</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>40</v>
+      </c>
+      <c r="H34">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>41</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>208</v>
+      </c>
+      <c r="P34" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>210</v>
+      </c>
+      <c r="B35" t="s">
+        <v>211</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>109</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G35" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>41</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>212</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>213</v>
+      </c>
+      <c r="P35" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>215</v>
+      </c>
+      <c r="B36" t="s">
+        <v>216</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>217</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36">
+        <v>2018</v>
+      </c>
+      <c r="J36" t="s">
+        <v>41</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>218</v>
+      </c>
+      <c r="P36" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>220</v>
+      </c>
+      <c r="B37" t="s">
+        <v>221</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>109</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>41</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>212</v>
+      </c>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>222</v>
+      </c>
+      <c r="P37" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>224</v>
+      </c>
+      <c r="B38" t="s">
+        <v>225</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>115</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>40</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>41</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>226</v>
+      </c>
+      <c r="P38" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>228</v>
+      </c>
+      <c r="B39" t="s">
+        <v>229</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>217</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K39" t="s">
+        <v>230</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...21 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>231</v>
+      </c>
+      <c r="P39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>233</v>
+      </c>
+      <c r="B40" t="s">
+        <v>234</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>235</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...90 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G40" t="s">
         <v>40</v>
-      </c>
-[...1469 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
-      <c r="I40" t="s">
-        <v>34</v>
+      <c r="I40">
+        <v>2015</v>
       </c>
       <c r="J40" t="s">
+        <v>41</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-      <c r="L40" t="s">
+      <c r="G41" t="s">
+        <v>40</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>41</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>187</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>66</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>40</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
+        <v>41</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>245</v>
+      </c>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>246</v>
+      </c>
+      <c r="P42" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>248</v>
+      </c>
+      <c r="B43" t="s">
+        <v>249</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>250</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>40</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
+        <v>41</v>
+      </c>
+      <c r="K43" t="s">
+        <v>251</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>252</v>
+      </c>
+      <c r="P43" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>254</v>
+      </c>
+      <c r="B44" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>250</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>172</v>
+      </c>
+      <c r="K44" t="s">
+        <v>251</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>187</v>
+      </c>
+      <c r="O44" t="s">
+        <v>256</v>
+      </c>
+      <c r="P44" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>257</v>
+      </c>
+      <c r="B45" t="s">
+        <v>258</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>72</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>41</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>259</v>
+      </c>
+      <c r="M45" t="s">
+        <v>25</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>260</v>
+      </c>
+      <c r="P45" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>262</v>
+      </c>
+      <c r="B46" t="s">
+        <v>263</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>264</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>40</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>41</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>259</v>
+      </c>
+      <c r="M46" t="s">
+        <v>25</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>265</v>
+      </c>
+      <c r="P46" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>267</v>
+      </c>
+      <c r="B47" t="s">
+        <v>268</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>264</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
         <v>22</v>
       </c>
-      <c r="M40" t="s">
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>41</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>259</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>269</v>
+      </c>
+      <c r="P47" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" t="s">
+        <v>272</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>103</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>40</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>172</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>25</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>273</v>
+      </c>
+      <c r="P48" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>275</v>
+      </c>
+      <c r="B49" t="s">
+        <v>276</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>103</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>40</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
         <v>23</v>
       </c>
-      <c r="N40" t="s">
-[...16 lines deleted...]
-      <c r="E41" t="s">
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>277</v>
+      </c>
+      <c r="P49" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>279</v>
+      </c>
+      <c r="B50" t="s">
+        <v>280</v>
+      </c>
+      <c r="C50" t="s">
         <v>18</v>
       </c>
-      <c r="F41" t="s">
-[...11 lines deleted...]
-      <c r="J41" t="s">
+      <c r="D50" t="s">
+        <v>103</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K41"/>
-      <c r="L41" t="s">
+      <c r="G50" t="s">
         <v>22</v>
       </c>
-      <c r="M41" t="s">
-[...19 lines deleted...]
-      <c r="E42" t="s">
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>41</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>281</v>
+      </c>
+      <c r="P50" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>283</v>
+      </c>
+      <c r="B51" t="s">
+        <v>284</v>
+      </c>
+      <c r="C51" t="s">
         <v>18</v>
       </c>
-      <c r="F42" t="s">
-[...5 lines deleted...]
-      <c r="H42">
+      <c r="D51" t="s">
+        <v>285</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>40</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
         <v>2013</v>
       </c>
-      <c r="I42" t="s">
-[...11 lines deleted...]
-      <c r="M42" t="s">
+      <c r="J51" t="s">
         <v>23</v>
       </c>
-      <c r="N42" t="s">
-[...375 lines deleted...]
-      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N51" t="s">
-        <v>190</v>
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>286</v>
+      </c>
+      <c r="P51" t="s">
+        <v>287</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>