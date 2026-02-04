--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -182,86 +182,63 @@
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -592,50 +569,53 @@
   <si>
     <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
   </si>
   <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
   </si>
   <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
     <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
   </si>
   <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
     <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
   </si>
   <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
@@ -803,80 +783,71 @@
     <t>This document specifies the MEPS and test methods for distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for printers.</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
@@ -890,62 +861,50 @@
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for copiers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
     <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
@@ -1276,51 +1235,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P51"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1609,249 +1568,249 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>61</v>
       </c>
       <c r="M7" t="s">
         <v>48</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>62</v>
       </c>
       <c r="P7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>59</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I8">
         <v>2024</v>
       </c>
+      <c r="I8"/>
       <c r="J8" t="s">
         <v>60</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>67</v>
       </c>
       <c r="M8" t="s">
         <v>48</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>59</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>48</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>74</v>
       </c>
       <c r="P9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>76</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
         <v>48</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="D11" t="s">
         <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>59</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
         <v>2024</v>
       </c>
-      <c r="I11"/>
       <c r="J11" t="s">
         <v>60</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>48</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>87</v>
       </c>
       <c r="P11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>89</v>
@@ -1947,1871 +1906,1725 @@
       </c>
       <c r="O13" t="s">
         <v>99</v>
       </c>
       <c r="P13" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>101</v>
       </c>
       <c r="B14" t="s">
         <v>102</v>
       </c>
       <c r="C14" t="s">
         <v>46</v>
       </c>
       <c r="D14" t="s">
         <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
         <v>48</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
         <v>105</v>
       </c>
       <c r="P14" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>107</v>
       </c>
       <c r="B15" t="s">
         <v>108</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>109</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>110</v>
+        <v>59</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H15">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
       <c r="M15" t="s">
         <v>48</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
         <v>111</v>
       </c>
       <c r="P15" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="G16" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="M16" t="s">
         <v>48</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>115</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H17">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="M17" t="s">
         <v>48</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>103</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G18" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2007</v>
       </c>
-      <c r="I18">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M18" t="s">
         <v>48</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="M19" t="s">
         <v>48</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="P19" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>110</v>
+        <v>59</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H20">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>1993</v>
+      </c>
+      <c r="I20">
+        <v>2007</v>
+      </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>133</v>
       </c>
       <c r="M20" t="s">
         <v>48</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>134</v>
       </c>
       <c r="P20" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>136</v>
       </c>
       <c r="B21" t="s">
         <v>137</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>138</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="G21" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>139</v>
       </c>
       <c r="M21" t="s">
         <v>48</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>140</v>
       </c>
       <c r="P21" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>142</v>
       </c>
       <c r="B22" t="s">
         <v>143</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22" t="s">
-        <v>144</v>
+        <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="M22" t="s">
         <v>48</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
         <v>148</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
         <v>149</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>150</v>
       </c>
       <c r="M23" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>151</v>
       </c>
       <c r="P23" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>153</v>
       </c>
       <c r="B24" t="s">
         <v>154</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>155</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
-      <c r="I25"/>
+      <c r="I25">
+        <v>2021</v>
+      </c>
       <c r="J25" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>162</v>
       </c>
       <c r="P25" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>164</v>
       </c>
       <c r="B26" t="s">
         <v>165</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>41</v>
+        <v>166</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>172</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>173</v>
       </c>
-      <c r="P27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
       <c r="E28" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28">
         <v>2021</v>
       </c>
-      <c r="I28"/>
       <c r="J28" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>161</v>
+      </c>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="P28"/>
+        <v>176</v>
+      </c>
+      <c r="P28" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>178</v>
+      </c>
+      <c r="B29" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>166</v>
+        <v>180</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>40</v>
       </c>
       <c r="H29">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="I29">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J29" t="s">
         <v>41</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>182</v>
       </c>
       <c r="O29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="P29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="G30" t="s">
         <v>40</v>
       </c>
       <c r="H30">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="I30">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J30" t="s">
         <v>41</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B31" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>192</v>
+        <v>138</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>40</v>
       </c>
       <c r="H31">
         <v>2007</v>
       </c>
       <c r="I31">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J31" t="s">
         <v>41</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>193</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>194</v>
       </c>
       <c r="P31" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>196</v>
       </c>
       <c r="B32" t="s">
         <v>197</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>40</v>
       </c>
       <c r="H32">
         <v>2007</v>
       </c>
       <c r="I32">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J32" t="s">
         <v>41</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>198</v>
       </c>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>199</v>
       </c>
       <c r="P32" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>201</v>
       </c>
       <c r="B33" t="s">
         <v>202</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>138</v>
+        <v>109</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>40</v>
       </c>
       <c r="H33">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I33">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J33" t="s">
         <v>41</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
+        <v>203</v>
+      </c>
+      <c r="P33" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>40</v>
       </c>
       <c r="H34">
         <v>2008</v>
       </c>
       <c r="I34">
         <v>2015</v>
       </c>
       <c r="J34" t="s">
         <v>41</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>207</v>
+      </c>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>208</v>
       </c>
       <c r="P34" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>210</v>
       </c>
       <c r="B35" t="s">
         <v>211</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>109</v>
+        <v>212</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>40</v>
       </c>
       <c r="H35">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I35">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J35" t="s">
         <v>41</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>213</v>
       </c>
       <c r="P35" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>215</v>
       </c>
       <c r="B36" t="s">
         <v>216</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>217</v>
+        <v>103</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>40</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J36" t="s">
         <v>41</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>207</v>
+      </c>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>217</v>
+      </c>
+      <c r="P36" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>219</v>
+      </c>
+      <c r="B37" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>40</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
         <v>41</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
         <v>25</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
+        <v>221</v>
+      </c>
+      <c r="P37" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B38" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>115</v>
+        <v>212</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2009</v>
       </c>
-      <c r="I38">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
         <v>226</v>
       </c>
       <c r="P38" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>228</v>
       </c>
       <c r="B39" t="s">
         <v>229</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H39">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2015</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K39" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
         <v>231</v>
       </c>
       <c r="P39" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>233</v>
       </c>
       <c r="B40" t="s">
         <v>234</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>235</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>40</v>
       </c>
       <c r="H40">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I40">
         <v>2015</v>
       </c>
       <c r="J40" t="s">
         <v>41</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>182</v>
       </c>
       <c r="O40" t="s">
         <v>236</v>
       </c>
       <c r="P40" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>238</v>
       </c>
       <c r="B41" t="s">
         <v>239</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>240</v>
+        <v>58</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>40</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J41" t="s">
         <v>41</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>240</v>
+      </c>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="O41" t="s">
         <v>241</v>
       </c>
       <c r="P41" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>243</v>
       </c>
       <c r="B42" t="s">
         <v>244</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>66</v>
+        <v>245</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>40</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J42" t="s">
-        <v>41</v>
+        <v>166</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>182</v>
       </c>
       <c r="O42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>250</v>
+        <v>66</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>40</v>
       </c>
       <c r="H43">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I43">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J43" t="s">
         <v>41</v>
       </c>
       <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
         <v>251</v>
       </c>
-      <c r="L43"/>
       <c r="M43" t="s">
         <v>25</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
         <v>252</v>
       </c>
       <c r="P43" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>254</v>
       </c>
       <c r="B44" t="s">
         <v>255</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>40</v>
       </c>
       <c r="H44">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I44">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J44" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
         <v>251</v>
       </c>
-      <c r="L44"/>
       <c r="M44" t="s">
         <v>25</v>
       </c>
       <c r="N44" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P44" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B45" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>72</v>
+        <v>256</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
-      <c r="I45">
-[...1 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
         <v>41</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="M45" t="s">
         <v>25</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P45" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B46" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>40</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
       <c r="I46">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J46" t="s">
-        <v>41</v>
+        <v>166</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
         <v>25</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
         <v>265</v>
       </c>
       <c r="P46" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>267</v>
       </c>
       <c r="B47" t="s">
         <v>268</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>41</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
         <v>25</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
         <v>269</v>
       </c>
       <c r="P47" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>271</v>
       </c>
       <c r="B48" t="s">
         <v>272</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>103</v>
+        <v>273</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>40</v>
       </c>
       <c r="H48">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I48">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J48" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>25</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P48" t="s">
-        <v>274</v>
-[...3 lines deleted...]
-      <c r="A49" t="s">
         <v>275</v>
-      </c>
-[...135 lines deleted...]
-        <v>287</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">