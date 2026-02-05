--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,533 +12,428 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
-[...8 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
+    <t>NI IEC TS 62258-9-8</t>
+  </si>
+  <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>April 2023</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>CODINORM</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
+  </si>
+  <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
+    <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
-[...40 lines deleted...]
-  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 11848:2021 - Notebook computers</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
   <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 13371:2021 - Desktop computers</t>
-[...4 lines deleted...]
-  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
-[...41 lines deleted...]
-    <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
+    <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
-    <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
-[...20 lines deleted...]
-    <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
+    <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
-[...50 lines deleted...]
-    <t>Displays</t>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
+    <t>TCVN 9510:2012 Copiers - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012: Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
-    <t>Vietnam Decision No. 51/2011/QD-TTg</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -802,1667 +697,812 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="376.194" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...25 lines deleted...]
-      <c r="J3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...193 lines deleted...]
-        <v>2017</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...9 lines deleted...]
-        <v>57</v>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...9 lines deleted...]
-      <c r="J9" t="s">
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...7 lines deleted...]
-        <v>60</v>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...12 lines deleted...]
-      <c r="E10" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...9 lines deleted...]
-      <c r="J10" t="s">
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...30 lines deleted...]
-        <v>2017</v>
+      <c r="G11" t="s">
+        <v>42</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M11" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N11" t="s">
-        <v>65</v>
+      <c r="K12" t="s">
+        <v>44</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...12 lines deleted...]
-      <c r="E12" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12">
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
         <v>2021</v>
       </c>
-      <c r="H12"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K15" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N15" t="s">
-        <v>81</v>
-[...340 lines deleted...]
-      <c r="N23" t="s">
         <v>105</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" t="s">
+      <c r="O15" t="s">
         <v>106</v>
       </c>
-      <c r="B24" t="s">
-[...31 lines deleted...]
-      <c r="N24" t="s">
+      <c r="P15" t="s">
         <v>107</v>
-      </c>
-[...548 lines deleted...]
-        <v>145</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>