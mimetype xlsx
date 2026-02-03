--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -266,75 +266,111 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
     <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
   </si>
   <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
   </si>
   <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for copiers.</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
@@ -664,60 +700,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P14"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="376.194" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="430.466" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1222,170 +1258,266 @@
       </c>
       <c r="P11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>80</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>82</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="H12">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
       <c r="J12" t="s">
         <v>39</v>
       </c>
       <c r="K12" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>39</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
       <c r="M13" t="s">
         <v>25</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="H14">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
       <c r="J14" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
         <v>25</v>
       </c>
       <c r="N14" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
         <v>95</v>
       </c>
-      <c r="P14" t="s">
-        <v>96</v>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>39</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>55</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>39</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>106</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">