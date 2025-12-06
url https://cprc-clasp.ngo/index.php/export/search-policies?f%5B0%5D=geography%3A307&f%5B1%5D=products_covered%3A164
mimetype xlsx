--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,182 +12,207 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,277 +476,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...70 lines deleted...]
-        <v>30</v>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>