--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,783 +12,1003 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1052,2415 +1272,2742 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G12" t="s">
+        <v>89</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>89</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" t="s">
+        <v>99</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>37</v>
+      </c>
+      <c r="G14" t="s">
+        <v>89</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2008</v>
+      </c>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>92</v>
+      </c>
+      <c r="N14" t="s">
+        <v>99</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2006</v>
+      </c>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>92</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>37</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>92</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>118</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...32 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>90</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>92</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>90</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>92</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>37</v>
+      </c>
+      <c r="G19" t="s">
+        <v>89</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>92</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>37</v>
+      </c>
+      <c r="G20" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>90</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>92</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>90</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>138</v>
+      </c>
+      <c r="M21" t="s">
+        <v>92</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" t="s">
+        <v>142</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...40 lines deleted...]
-      <c r="L4" t="s">
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>143</v>
+      </c>
+      <c r="M22" t="s">
+        <v>92</v>
+      </c>
+      <c r="N22" t="s">
+        <v>99</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>145</v>
+      </c>
+      <c r="B23" t="s">
+        <v>146</v>
+      </c>
+      <c r="C23" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" t="s">
+        <v>147</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...524 lines deleted...]
-      <c r="N16" t="s">
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>90</v>
+      </c>
+      <c r="K23" t="s">
+        <v>148</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>92</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>150</v>
+      </c>
+      <c r="B24" t="s">
+        <v>151</v>
+      </c>
+      <c r="C24" t="s">
         <v>87</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E17" t="s">
+      <c r="D24" t="s">
+        <v>152</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>118</v>
+      </c>
+      <c r="G24" t="s">
         <v>89</v>
-      </c>
-[...298 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
-      <c r="I24" t="s">
-        <v>67</v>
+      <c r="I24">
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="K24" t="s">
-        <v>117</v>
+        <v>148</v>
       </c>
       <c r="L24" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N24" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>154</v>
+      </c>
+      <c r="P24" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>119</v>
+        <v>155</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>116</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>89</v>
+      </c>
+      <c r="H25">
         <v>1998</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2009</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="K25" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="L25" t="s">
-        <v>69</v>
+        <v>157</v>
       </c>
       <c r="M25" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="N25" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>99</v>
+      </c>
+      <c r="O25" t="s">
+        <v>158</v>
+      </c>
+      <c r="P25" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>89</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
-      <c r="I26" t="s">
-        <v>67</v>
+      <c r="I26">
+        <v>2012</v>
       </c>
       <c r="J26" t="s">
+        <v>90</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>162</v>
+      </c>
+      <c r="M26" t="s">
+        <v>92</v>
+      </c>
+      <c r="N26" t="s">
+        <v>99</v>
+      </c>
+      <c r="O26" t="s">
+        <v>163</v>
+      </c>
+      <c r="P26" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" t="s">
+        <v>152</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>37</v>
+      </c>
+      <c r="G27" t="s">
+        <v>89</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>166</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>167</v>
+      </c>
+      <c r="M27" t="s">
+        <v>92</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>168</v>
+      </c>
+      <c r="P27" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28" t="s">
+        <v>171</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...31 lines deleted...]
-      <c r="G27">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>90</v>
+      </c>
+      <c r="K28" t="s">
+        <v>148</v>
+      </c>
+      <c r="L28" t="s">
+        <v>172</v>
+      </c>
+      <c r="M28" t="s">
+        <v>92</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>174</v>
+      </c>
+      <c r="B29" t="s">
+        <v>175</v>
+      </c>
+      <c r="C29" t="s">
+        <v>87</v>
+      </c>
+      <c r="D29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>89</v>
+      </c>
+      <c r="H29">
         <v>2011</v>
       </c>
-      <c r="H27">
-[...5 lines deleted...]
-      <c r="J27" t="s">
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>90</v>
+      </c>
+      <c r="K29" t="s">
+        <v>148</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>92</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>176</v>
+      </c>
+      <c r="P29" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B30" t="s">
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30" t="s">
+        <v>147</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>90</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>179</v>
+      </c>
+      <c r="M30" t="s">
+        <v>92</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>180</v>
+      </c>
+      <c r="P30" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>181</v>
+      </c>
+      <c r="B31" t="s">
+        <v>182</v>
+      </c>
+      <c r="C31" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" t="s">
+        <v>183</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...31 lines deleted...]
-      <c r="G28">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H28"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N31" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>184</v>
+      </c>
+      <c r="P31" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>185</v>
       </c>
       <c r="B32" t="s">
-        <v>64</v>
+        <v>186</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="E32" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>37</v>
+      </c>
+      <c r="G32" t="s">
+        <v>89</v>
+      </c>
+      <c r="H32">
         <v>2003</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2010</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="K32" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="L32" t="s">
-        <v>69</v>
+        <v>188</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N32" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>189</v>
+      </c>
+      <c r="P32" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>146</v>
+        <v>190</v>
       </c>
       <c r="B33" t="s">
-        <v>64</v>
+        <v>191</v>
       </c>
       <c r="C33" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E33" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>37</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2002</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K33" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>69</v>
+        <v>192</v>
       </c>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N33" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>193</v>
+      </c>
+      <c r="P33" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>149</v>
+        <v>194</v>
       </c>
       <c r="B34" t="s">
-        <v>64</v>
+        <v>195</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>87</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>196</v>
       </c>
       <c r="E34" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>37</v>
+      </c>
+      <c r="G34" t="s">
+        <v>89</v>
       </c>
       <c r="H34">
         <v>2002</v>
       </c>
-      <c r="I34" t="s">
-        <v>67</v>
+      <c r="I34">
+        <v>2002</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K34" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>69</v>
+        <v>197</v>
       </c>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>198</v>
+      </c>
+      <c r="P34" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>199</v>
+      </c>
+      <c r="B35" t="s">
+        <v>200</v>
+      </c>
+      <c r="C35" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35" t="s">
+        <v>201</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>37</v>
+      </c>
+      <c r="G35" t="s">
+        <v>89</v>
+      </c>
+      <c r="H35">
+        <v>1999</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>90</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>202</v>
+      </c>
+      <c r="M35" t="s">
+        <v>92</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>203</v>
+      </c>
+      <c r="P35" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>204</v>
+      </c>
+      <c r="B36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" t="s">
+        <v>206</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>37</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2004</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>90</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>207</v>
+      </c>
+      <c r="M36" t="s">
+        <v>92</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>208</v>
+      </c>
+      <c r="P36" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>209</v>
+      </c>
+      <c r="B37" t="s">
+        <v>210</v>
+      </c>
+      <c r="C37" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>37</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>90</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>211</v>
+      </c>
+      <c r="M37" t="s">
+        <v>92</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>213</v>
+      </c>
+      <c r="B38" t="s">
+        <v>214</v>
+      </c>
+      <c r="C38" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" t="s">
         <v>152</v>
       </c>
-    </row>
-[...105 lines deleted...]
-      <c r="G37">
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>118</v>
+      </c>
+      <c r="G38" t="s">
+        <v>89</v>
+      </c>
+      <c r="H38">
         <v>2002</v>
       </c>
-      <c r="H37"/>
-[...32 lines deleted...]
-      <c r="E38" t="s">
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>90</v>
+      </c>
+      <c r="K38" t="s">
+        <v>148</v>
+      </c>
+      <c r="L38" t="s">
+        <v>215</v>
+      </c>
+      <c r="M38" t="s">
+        <v>92</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>216</v>
+      </c>
+      <c r="P38" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39" t="s">
+        <v>87</v>
+      </c>
+      <c r="D39" t="s">
+        <v>152</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>118</v>
+      </c>
+      <c r="G39" t="s">
         <v>89</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38">
+      <c r="H39">
         <v>2002</v>
       </c>
-      <c r="H38">
-[...34 lines deleted...]
-      <c r="E39" t="s">
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>90</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>92</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>219</v>
+      </c>
+      <c r="P39" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>220</v>
+      </c>
+      <c r="B40" t="s">
+        <v>221</v>
+      </c>
+      <c r="C40" t="s">
+        <v>87</v>
+      </c>
+      <c r="D40" t="s">
+        <v>222</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>37</v>
+      </c>
+      <c r="G40" t="s">
         <v>89</v>
-      </c>
-[...46 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H40">
         <v>2002</v>
       </c>
-      <c r="I40" t="s">
-        <v>67</v>
+      <c r="I40">
+        <v>2002</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K40" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>69</v>
+        <v>223</v>
       </c>
       <c r="M40" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="N40" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>99</v>
+      </c>
+      <c r="O40" t="s">
+        <v>224</v>
+      </c>
+      <c r="P40" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>225</v>
       </c>
       <c r="B41" t="s">
-        <v>64</v>
+        <v>226</v>
       </c>
       <c r="C41" t="s">
-        <v>174</v>
+        <v>87</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>227</v>
       </c>
       <c r="E41" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>37</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2009</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K41" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>69</v>
+        <v>128</v>
       </c>
       <c r="M41" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N41" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>228</v>
+      </c>
+      <c r="P41" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>229</v>
       </c>
       <c r="B42" t="s">
-        <v>64</v>
+        <v>230</v>
       </c>
       <c r="C42" t="s">
-        <v>177</v>
+        <v>87</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>231</v>
       </c>
       <c r="E42" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>37</v>
+      </c>
+      <c r="G42" t="s">
+        <v>89</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-        <v>67</v>
+      <c r="I42">
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K42" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>69</v>
+        <v>232</v>
       </c>
       <c r="M42" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N42" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>233</v>
+      </c>
+      <c r="P42" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>180</v>
+        <v>234</v>
       </c>
       <c r="B43" t="s">
-        <v>64</v>
+        <v>235</v>
       </c>
       <c r="C43" t="s">
-        <v>181</v>
+        <v>87</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="E43" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>37</v>
+      </c>
+      <c r="G43" t="s">
+        <v>89</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
-      <c r="I43" t="s">
-        <v>67</v>
+      <c r="I43">
+        <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N43" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>237</v>
+      </c>
+      <c r="P43" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>238</v>
       </c>
       <c r="B44" t="s">
-        <v>64</v>
+        <v>239</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>87</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>240</v>
       </c>
       <c r="E44" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>37</v>
+      </c>
+      <c r="G44" t="s">
+        <v>89</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
-      <c r="I44" t="s">
-        <v>67</v>
+      <c r="I44">
+        <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N44" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>241</v>
+      </c>
+      <c r="P44" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>186</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>64</v>
+        <v>243</v>
       </c>
       <c r="C45" t="s">
-        <v>187</v>
+        <v>87</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E45" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>37</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2004</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K45" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>69</v>
+        <v>245</v>
       </c>
       <c r="M45" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N45" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>246</v>
+      </c>
+      <c r="P45" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>190</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>248</v>
       </c>
       <c r="C46" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>118</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2002</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>249</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>25</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>250</v>
+      </c>
+      <c r="P46" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>252</v>
+      </c>
+      <c r="B47" t="s">
+        <v>253</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>244</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>37</v>
+      </c>
+      <c r="G47" t="s">
         <v>89</v>
       </c>
-      <c r="F46" t="s">
-[...13 lines deleted...]
-      <c r="L46" t="s">
+      <c r="H47">
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>249</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>254</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>255</v>
+      </c>
+      <c r="P47" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>257</v>
+      </c>
+      <c r="B48" t="s">
+        <v>253</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>244</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>118</v>
+      </c>
+      <c r="G48" t="s">
         <v>22</v>
       </c>
-      <c r="M46" t="s">
-[...25 lines deleted...]
-      <c r="G47">
+      <c r="H48">
+        <v>2006</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>249</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>258</v>
+      </c>
+      <c r="M48" t="s">
+        <v>25</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>259</v>
+      </c>
+      <c r="P48" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>261</v>
+      </c>
+      <c r="B49" t="s">
+        <v>262</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>263</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>118</v>
+      </c>
+      <c r="G49" t="s">
+        <v>89</v>
+      </c>
+      <c r="H49">
         <v>2007</v>
       </c>
-      <c r="H47">
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>249</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>264</v>
+      </c>
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>265</v>
+      </c>
+      <c r="P49" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>267</v>
+      </c>
+      <c r="B50" t="s">
+        <v>262</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>137</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>118</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2007</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>249</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>268</v>
+      </c>
+      <c r="M50" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>269</v>
+      </c>
+      <c r="P50" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>270</v>
+      </c>
+      <c r="B51" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>81</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2013</v>
       </c>
-      <c r="I47" t="s">
-[...8 lines deleted...]
-      <c r="L47" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>249</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>272</v>
+      </c>
+      <c r="M51" t="s">
+        <v>25</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>273</v>
+      </c>
+      <c r="P51" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>275</v>
+      </c>
+      <c r="B52" t="s">
+        <v>276</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>108</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>37</v>
+      </c>
+      <c r="G52" t="s">
+        <v>89</v>
+      </c>
+      <c r="H52">
+        <v>1993</v>
+      </c>
+      <c r="I52">
+        <v>2007</v>
+      </c>
+      <c r="J52" t="s">
+        <v>249</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>277</v>
+      </c>
+      <c r="M52" t="s">
+        <v>25</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>278</v>
+      </c>
+      <c r="P52" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>280</v>
+      </c>
+      <c r="B53" t="s">
+        <v>281</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>88</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>118</v>
+      </c>
+      <c r="G53" t="s">
         <v>22</v>
       </c>
-      <c r="M47" t="s">
-[...38 lines deleted...]
-      <c r="L48" t="s">
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>249</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>282</v>
+      </c>
+      <c r="M53" t="s">
+        <v>25</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>283</v>
+      </c>
+      <c r="P53" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>285</v>
+      </c>
+      <c r="B54" t="s">
+        <v>286</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>44</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>118</v>
+      </c>
+      <c r="G54" t="s">
         <v>22</v>
       </c>
-      <c r="M48" t="s">
-[...111 lines deleted...]
-      <c r="G51">
+      <c r="H54">
         <v>2013</v>
       </c>
-      <c r="H51"/>
-[...130 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>249</v>
       </c>
       <c r="K54" t="s">
-        <v>216</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>22</v>
+        <v>287</v>
       </c>
       <c r="M54" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N54" t="s">
-        <v>217</v>
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>288</v>
+      </c>
+      <c r="P54" t="s">
+        <v>289</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>