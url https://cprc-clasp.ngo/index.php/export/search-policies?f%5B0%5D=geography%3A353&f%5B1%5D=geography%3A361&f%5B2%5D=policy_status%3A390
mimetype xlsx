--- v0 (2025-10-15)
+++ v1 (2026-02-06)
@@ -12,557 +12,387 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...26 lines deleted...]
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...68 lines deleted...]
-    <t>Imaging Equipment</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
-[...232 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
-    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
-[...28 lines deleted...]
-  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -826,1649 +656,826 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N36"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
         <v>25</v>
       </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>87</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
         <v>28</v>
       </c>
-      <c r="L3" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
-[...70 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...418 lines deleted...]
-      </c>
       <c r="L15" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="M15" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="N15" t="s">
-        <v>78</v>
-[...223 lines deleted...]
-      <c r="C21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
         <v>97</v>
       </c>
-      <c r="D21" t="s">
-[...25 lines deleted...]
-      <c r="N21" t="s">
+      <c r="P15" t="s">
         <v>98</v>
-      </c>
-[...640 lines deleted...]
-        <v>155</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>