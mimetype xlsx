--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,1298 +12,961 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="378">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
+    <t>Energy Efficiency Grade Label - Dish Dryers</t>
+  </si>
+  <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
+    <t>Dish Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>December 2015</t>
+  </si>
+  <si>
+    <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Air Cleaners</t>
+  </si>
+  <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>KS C 9314</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Electric Fan</t>
+  </si>
+  <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>KS C 9306-2002</t>
-[...133 lines deleted...]
-  <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
-[...11 lines deleted...]
-    <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
+    <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
+  </si>
+  <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
+    <t>Kim-chi Refrigerators</t>
+  </si>
+  <si>
+    <t>KS C 9321</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>KS C IEC 60312</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>Reflectors for HID Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>KS C 7501</t>
-[...61 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
+    <t>Ventilation fans</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
-    <t>Oil</t>
-[...92 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
-    <t>Korea Eco label Standards EL 228 Urinals</t>
-[...59 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
-    <t>MEPS for Air Cleaners</t>
-[...28 lines deleted...]
-  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
-    <t>MEPS for Dishwashers</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
-    <t>MEPS for Electric stove</t>
-[...58 lines deleted...]
-  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
-    <t>MEPS for Multi Heat Pump System(VRF)</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
-    <t>MEPS for Television</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
-    <t>MEPS for Washing Machines</t>
-[...4 lines deleted...]
-  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
-    <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
+    <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>PNS IEC 60081:2006</t>
-[...7 lines deleted...]
-  <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
-    <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
   </si>
   <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
-    <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
-[...8 lines deleted...]
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...5 lines deleted...]
-    <t>Adopted, Revised</t>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
-  </si>
-[...36 lines deleted...]
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
+    <t>Ministry of Trade, Industry and Energy, Korea</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
-  </si>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1567,5211 +1230,2610 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N121"/>
+  <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>41</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>41</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>41</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>67</v>
+      </c>
+      <c r="P10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>40</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>41</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>41</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13" t="s">
+        <v>39</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>41</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>41</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>82</v>
+      </c>
+      <c r="P14" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" t="s">
+        <v>39</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>41</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>85</v>
+      </c>
+      <c r="P15" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
+        <v>62</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16" t="s">
+        <v>39</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>40</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>41</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>88</v>
+      </c>
+      <c r="P16" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>40</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>41</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>91</v>
+      </c>
+      <c r="P17" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>40</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>41</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>95</v>
+      </c>
+      <c r="P18" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>96</v>
+      </c>
+      <c r="B19" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" t="s">
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>40</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>41</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>99</v>
+      </c>
+      <c r="P19" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...708 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>1993</v>
+        <v>103</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="K20" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="N20" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>106</v>
+      </c>
+      <c r="P20" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="B21" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E21" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>103</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K21"/>
+        <v>40</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
       <c r="L21" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="N21" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>112</v>
+      </c>
+      <c r="P21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>113</v>
       </c>
       <c r="B22" t="s">
-        <v>29</v>
+        <v>114</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>36</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>115</v>
       </c>
       <c r="E22" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>103</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2009</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="K22" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="N22" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>118</v>
+      </c>
+      <c r="P22" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>120</v>
       </c>
       <c r="B23" t="s">
-        <v>29</v>
+        <v>121</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>36</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E23" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>103</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>116</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>41</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>123</v>
+      </c>
+      <c r="P23" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>103</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2009</v>
       </c>
-      <c r="I23" t="s">
-[...45 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K24"/>
+        <v>116</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
       <c r="L24" t="s">
-        <v>34</v>
+        <v>127</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="N24" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>128</v>
+      </c>
+      <c r="P24" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>129</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>130</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="E25" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>103</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K25" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="N25" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>133</v>
+      </c>
+      <c r="P25" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>136</v>
       </c>
       <c r="E26" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="F26" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>39</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="N26" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>137</v>
+      </c>
+      <c r="P26" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>136</v>
       </c>
       <c r="E27" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="F27" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>39</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
+        <v>116</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>41</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>140</v>
+      </c>
+      <c r="P27" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>134</v>
+      </c>
+      <c r="B28" t="s">
+        <v>141</v>
+      </c>
+      <c r="C28" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" t="s">
+        <v>142</v>
+      </c>
+      <c r="E28" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28" t="s">
+        <v>39</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>116</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>41</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>143</v>
+      </c>
+      <c r="P28" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>134</v>
+      </c>
+      <c r="B29" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" t="s">
+        <v>36</v>
+      </c>
+      <c r="D29" t="s">
+        <v>145</v>
+      </c>
+      <c r="E29" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" t="s">
+        <v>39</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>40</v>
+      </c>
+      <c r="K29" t="s">
+        <v>146</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>41</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>147</v>
+      </c>
+      <c r="P29" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>149</v>
+      </c>
+      <c r="B30" t="s">
+        <v>150</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>151</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>152</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>153</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>154</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>155</v>
+      </c>
+      <c r="P30" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>157</v>
+      </c>
+      <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>159</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>152</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>153</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>160</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>161</v>
+      </c>
+      <c r="P31" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>152</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2024</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>153</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>165</v>
+      </c>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>166</v>
+      </c>
+      <c r="P32" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>168</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>170</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>152</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>171</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>172</v>
+      </c>
+      <c r="P33" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" t="s">
+        <v>176</v>
+      </c>
+      <c r="D34" t="s">
+        <v>146</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>152</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2024</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>153</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>177</v>
+      </c>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>178</v>
+      </c>
+      <c r="P34" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>180</v>
+      </c>
+      <c r="B35" t="s">
+        <v>181</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>182</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>152</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>153</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>183</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>184</v>
+      </c>
+      <c r="P35" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>186</v>
+      </c>
+      <c r="B36" t="s">
+        <v>187</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>188</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>152</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>153</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>189</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>190</v>
+      </c>
+      <c r="P36" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>192</v>
+      </c>
+      <c r="B37" t="s">
+        <v>193</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>98</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>152</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37">
+        <v>2024</v>
+      </c>
+      <c r="J37" t="s">
+        <v>153</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>194</v>
+      </c>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>195</v>
+      </c>
+      <c r="P37" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>197</v>
+      </c>
+      <c r="B38" t="s">
+        <v>198</v>
+      </c>
+      <c r="C38" t="s">
+        <v>36</v>
+      </c>
+      <c r="D38" t="s">
+        <v>199</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...80 lines deleted...]
-      <c r="J29" t="s">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>40</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>41</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>200</v>
+      </c>
+      <c r="P38" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>201</v>
+      </c>
+      <c r="B39" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" t="s">
+        <v>203</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...418 lines deleted...]
-        <v>1992</v>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
+        <v>40</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>41</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>204</v>
+      </c>
+      <c r="P39" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>205</v>
+      </c>
+      <c r="B40" t="s">
+        <v>101</v>
+      </c>
+      <c r="C40" t="s">
+        <v>36</v>
+      </c>
+      <c r="D40" t="s">
+        <v>102</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>40</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>105</v>
+      </c>
+      <c r="M40" t="s">
+        <v>41</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>206</v>
+      </c>
+      <c r="P40" t="s">
         <v>119</v>
       </c>
-      <c r="L39" t="s">
-[...10 lines deleted...]
-      <c r="A40" t="s">
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>207</v>
+      </c>
+      <c r="B41" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" t="s">
+        <v>36</v>
+      </c>
+      <c r="D41" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>116</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>117</v>
+      </c>
+      <c r="M41" t="s">
+        <v>41</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>208</v>
+      </c>
+      <c r="P41" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
+        <v>210</v>
+      </c>
+      <c r="C42" t="s">
+        <v>36</v>
+      </c>
+      <c r="D42" t="s">
+        <v>211</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>40</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>41</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>212</v>
+      </c>
+      <c r="P42" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>213</v>
+      </c>
+      <c r="B43" t="s">
+        <v>214</v>
+      </c>
+      <c r="C43" t="s">
+        <v>36</v>
+      </c>
+      <c r="D43" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2004</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>116</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>127</v>
+      </c>
+      <c r="M43" t="s">
+        <v>41</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>215</v>
+      </c>
+      <c r="P43" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>216</v>
+      </c>
+      <c r="B44" t="s">
+        <v>93</v>
+      </c>
+      <c r="C44" t="s">
+        <v>36</v>
+      </c>
+      <c r="D44" t="s">
+        <v>94</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>40</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>41</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>217</v>
+      </c>
+      <c r="P44" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>218</v>
+      </c>
+      <c r="B45" t="s">
+        <v>219</v>
+      </c>
+      <c r="C45" t="s">
+        <v>36</v>
+      </c>
+      <c r="D45" t="s">
+        <v>131</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>40</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>132</v>
+      </c>
+      <c r="M45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>220</v>
+      </c>
+      <c r="P45" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>221</v>
+      </c>
+      <c r="B46" t="s">
+        <v>222</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>223</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>103</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2002</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>224</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>25</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>225</v>
+      </c>
+      <c r="P46" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>227</v>
+      </c>
+      <c r="B47" t="s">
+        <v>228</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>229</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>103</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2006</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>224</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>230</v>
+      </c>
+      <c r="M47" t="s">
+        <v>25</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>231</v>
+      </c>
+      <c r="P47" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>233</v>
+      </c>
+      <c r="B48" t="s">
+        <v>234</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>223</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>103</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>224</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>235</v>
+      </c>
+      <c r="M48" t="s">
+        <v>25</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>236</v>
+      </c>
+      <c r="P48" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>237</v>
+      </c>
+      <c r="B49" t="s">
+        <v>238</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>98</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>103</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>224</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>239</v>
+      </c>
+      <c r="M49" t="s">
+        <v>25</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>240</v>
+      </c>
+      <c r="P49" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>242</v>
+      </c>
+      <c r="B50" t="s">
+        <v>243</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>244</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>103</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>224</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>245</v>
+      </c>
+      <c r="M50" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>246</v>
+      </c>
+      <c r="P50" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>248</v>
+      </c>
+      <c r="B51" t="s">
+        <v>249</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>159</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>103</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>224</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>250</v>
+      </c>
+      <c r="M51" t="s">
+        <v>25</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>251</v>
+      </c>
+      <c r="P51" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>253</v>
+      </c>
+      <c r="B52" t="s">
+        <v>254</v>
+      </c>
+      <c r="C52" t="s">
+        <v>255</v>
+      </c>
+      <c r="D52" t="s">
+        <v>37</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>152</v>
       </c>
-      <c r="B40" t="s">
-[...511 lines deleted...]
-        <v>2012</v>
+      <c r="G52" t="s">
+        <v>256</v>
       </c>
       <c r="H52">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K52"/>
+        <v>257</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
       <c r="L52" t="s">
-        <v>34</v>
+        <v>258</v>
       </c>
       <c r="M52" t="s">
-        <v>179</v>
+        <v>259</v>
       </c>
       <c r="N52" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>260</v>
+      </c>
+      <c r="P52" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="B53" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>255</v>
       </c>
       <c r="D53" t="s">
-        <v>31</v>
+        <v>264</v>
       </c>
       <c r="E53" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>265</v>
+      </c>
+      <c r="G53" t="s">
+        <v>256</v>
       </c>
       <c r="H53">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="K53"/>
+        <v>257</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
       <c r="L53" t="s">
-        <v>34</v>
+        <v>266</v>
       </c>
       <c r="M53" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="N53" t="s">
-        <v>181</v>
-[...1024 lines deleted...]
-      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>267</v>
+      </c>
+      <c r="P53" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="78" spans="1:14">
-[...1874 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>