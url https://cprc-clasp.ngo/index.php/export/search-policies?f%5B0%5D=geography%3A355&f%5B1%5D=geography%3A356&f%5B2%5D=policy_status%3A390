--- v1 (2025-12-06)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -461,86 +461,63 @@
   <si>
     <t>Ventilation fans</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
     <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
@@ -1230,51 +1207,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P53"/>
+  <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2627,249 +2604,249 @@
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>149</v>
       </c>
       <c r="B30" t="s">
         <v>150</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>151</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>152</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>153</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>154</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>155</v>
       </c>
       <c r="P30" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>157</v>
       </c>
       <c r="B31" t="s">
         <v>158</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>159</v>
+        <v>81</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>152</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I31">
         <v>2024</v>
       </c>
+      <c r="I31"/>
       <c r="J31" t="s">
         <v>153</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
+        <v>160</v>
+      </c>
+      <c r="P31" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>162</v>
+      </c>
+      <c r="B32" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>152</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>153</v>
+        <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>165</v>
       </c>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>166</v>
       </c>
       <c r="P32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="D33" t="s">
-        <v>170</v>
+        <v>146</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>152</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>171</v>
       </c>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>172</v>
       </c>
       <c r="P33" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>174</v>
       </c>
       <c r="B34" t="s">
         <v>175</v>
       </c>
       <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>152</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34">
         <v>2024</v>
       </c>
-      <c r="I34"/>
       <c r="J34" t="s">
         <v>153</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>177</v>
       </c>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>178</v>
       </c>
       <c r="P34" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>180</v>
@@ -2909,895 +2886,845 @@
       </c>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>184</v>
       </c>
       <c r="P35" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>186</v>
       </c>
       <c r="B36" t="s">
         <v>187</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>188</v>
+        <v>98</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>152</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36">
         <v>2024</v>
       </c>
       <c r="J36" t="s">
         <v>153</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>189</v>
+      </c>
+      <c r="P36" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" t="s">
         <v>192</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>36</v>
+      </c>
+      <c r="D37" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>153</v>
+        <v>40</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37" t="s">
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>41</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
         <v>194</v>
       </c>
-      <c r="M37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P37" t="s">
-        <v>196</v>
+        <v>119</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B38" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C38" t="s">
         <v>36</v>
       </c>
       <c r="D38" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>40</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>41</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="P38" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B39" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="C39" t="s">
         <v>36</v>
       </c>
       <c r="D39" t="s">
-        <v>203</v>
+        <v>102</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2009</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>40</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39"/>
+      <c r="L39" t="s">
+        <v>105</v>
+      </c>
       <c r="M39" t="s">
         <v>41</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="P39" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B40" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
         <v>36</v>
       </c>
       <c r="D40" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="M40" t="s">
         <v>41</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="P40" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>204</v>
       </c>
       <c r="C41" t="s">
         <v>36</v>
       </c>
       <c r="D41" t="s">
-        <v>115</v>
+        <v>205</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>116</v>
+        <v>40</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
         <v>41</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="P41" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B42" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C42" t="s">
         <v>36</v>
       </c>
       <c r="D42" t="s">
-        <v>211</v>
+        <v>126</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>40</v>
+        <v>116</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42"/>
+      <c r="L42" t="s">
+        <v>127</v>
+      </c>
       <c r="M42" t="s">
         <v>41</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="P42" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B43" t="s">
-        <v>214</v>
+        <v>93</v>
       </c>
       <c r="C43" t="s">
         <v>36</v>
       </c>
       <c r="D43" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>116</v>
+        <v>40</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
         <v>41</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="P43" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B44" t="s">
-        <v>93</v>
+        <v>213</v>
       </c>
       <c r="C44" t="s">
         <v>36</v>
       </c>
       <c r="D44" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>40</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>132</v>
+      </c>
       <c r="M44" t="s">
         <v>41</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="P44" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B45" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>217</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>40</v>
+        <v>218</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
+        <v>219</v>
+      </c>
+      <c r="P45" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>221</v>
       </c>
       <c r="B46" t="s">
         <v>222</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>223</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>103</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
+        <v>218</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
         <v>224</v>
       </c>
-      <c r="K46" t="s">
-[...2 lines deleted...]
-      <c r="L46"/>
       <c r="M46" t="s">
         <v>25</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
         <v>225</v>
       </c>
       <c r="P46" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>227</v>
       </c>
       <c r="B47" t="s">
         <v>228</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>103</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="M47" t="s">
         <v>25</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="P47" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B48" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>223</v>
+        <v>98</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>103</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="M48" t="s">
         <v>25</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="P48" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>236</v>
+      </c>
+      <c r="B49" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>98</v>
+        <v>238</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>103</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2013</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>239</v>
       </c>
       <c r="M49" t="s">
         <v>25</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
         <v>240</v>
       </c>
       <c r="P49" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>242</v>
       </c>
       <c r="B50" t="s">
         <v>243</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>244</v>
+        <v>151</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>103</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="M50" t="s">
         <v>25</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
+        <v>245</v>
+      </c>
+      <c r="P50" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>247</v>
+      </c>
+      <c r="B51" t="s">
         <v>248</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>249</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>159</v>
+        <v>37</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>103</v>
+        <v>152</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="H51">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>224</v>
+        <v>251</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="M51" t="s">
-        <v>25</v>
+        <v>253</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="P51" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B52" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C52" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="D52" t="s">
-        <v>37</v>
+        <v>258</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>152</v>
+        <v>259</v>
       </c>
       <c r="G52" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="H52">
         <v>2024</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="M52" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P52" t="s">
-        <v>261</v>
-[...9 lines deleted...]
-      <c r="C53" t="s">
         <v>255</v>
-      </c>
-[...35 lines deleted...]
-        <v>261</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">