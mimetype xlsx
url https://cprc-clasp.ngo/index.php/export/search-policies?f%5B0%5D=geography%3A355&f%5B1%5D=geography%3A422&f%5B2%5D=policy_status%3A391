--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,221 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
-    <t>Philippines</t>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
-    <t>Department of Energy</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+  </si>
+  <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -490,325 +547,408 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="334.918" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
         <v>2007</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...66 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>1993</v>
       </c>
       <c r="H4">
         <v>2007</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>1993</v>
+      </c>
+      <c r="I5">
+        <v>2007</v>
+      </c>
+      <c r="J5" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
+      <c r="K5" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...18 lines deleted...]
-      <c r="G5">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
         <v>1982</v>
       </c>
-      <c r="H5">
+      <c r="I6">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
-[...13 lines deleted...]
-        <v>43</v>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>58</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>