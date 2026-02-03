--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,223 +12,248 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -492,279 +517,306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="559.006" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="149.678" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...74 lines deleted...]
-        <v>37</v>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>