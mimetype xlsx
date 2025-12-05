--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,215 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
+  </si>
+  <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,445 +518,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="109" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="409.186" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="126.112" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2003</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1996</v>
+      </c>
+      <c r="I3">
+        <v>2009</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...17 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...107 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...3 lines deleted...]
-      <c r="L6" t="s">
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H7">
+        <v>1994</v>
+      </c>
+      <c r="I7">
+        <v>2003</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-        <v>35</v>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...24 lines deleted...]
-      <c r="I7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...10 lines deleted...]
-      <c r="C8" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="D8" t="s">
-[...30 lines deleted...]
-        <v>41</v>
+      <c r="O8" t="s">
+        <v>51</v>
+      </c>
+      <c r="P8" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>