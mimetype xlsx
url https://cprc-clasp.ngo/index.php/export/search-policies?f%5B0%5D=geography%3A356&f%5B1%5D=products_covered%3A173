--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,197 +12,222 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
+  </si>
+  <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
   </si>
   <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,325 +491,358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="375.051" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1996</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1996</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...11 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>1994</v>
+      </c>
+      <c r="I4">
+        <v>2003</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L4" t="s">
         <v>25</v>
       </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2004</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...116 lines deleted...]
-        <v>35</v>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>