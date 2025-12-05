--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,182 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
+  </si>
+  <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,311 +473,344 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="331.348" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...30 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...3 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>37</v>
+      </c>
+      <c r="P5" t="s">
         <v>28</v>
-      </c>
-[...38 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>