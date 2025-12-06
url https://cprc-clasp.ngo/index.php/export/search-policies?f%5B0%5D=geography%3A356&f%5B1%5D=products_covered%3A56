--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,252 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -521,487 +566,544 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="137" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="533.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-        <v>20</v>
+      <c r="I3">
+        <v>2012</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>30</v>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H4"/>
-[...12 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
-      </c>
-[...63 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
-      <c r="I6" t="s">
-        <v>20</v>
+      <c r="I6">
+        <v>2011</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="M6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N6" t="s">
-        <v>41</v>
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-        <v>20</v>
+      <c r="I7">
+        <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-        <v>43</v>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>46</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>55</v>
+      </c>
+      <c r="P8" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...15 lines deleted...]
-      <c r="F8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...34 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9">
         <v>2024</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="K9" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="N9" t="s">
-        <v>52</v>
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>